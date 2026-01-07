--- v0 (2025-11-17)
+++ v1 (2026-01-07)
@@ -1460,2160 +1460,2160 @@
   <si>
     <t>NS025</t>
   </si>
   <si>
     <t>Sable Island, Nova Scotia</t>
   </si>
   <si>
     <t>NS026</t>
   </si>
   <si>
     <t>Grassy Island Complex</t>
   </si>
   <si>
     <t>NS027</t>
   </si>
   <si>
     <t>Eastern Shore Islands</t>
   </si>
   <si>
     <t>NS028</t>
   </si>
   <si>
     <t>Country Island Complex</t>
   </si>
   <si>
+    <t>NS032</t>
+  </si>
+  <si>
+    <t>St. Paul Island</t>
+  </si>
+  <si>
+    <t>NS045</t>
+  </si>
+  <si>
+    <t>Basque Islands and Michaud Point</t>
+  </si>
+  <si>
+    <t>NS047</t>
+  </si>
+  <si>
+    <t>Rocks off Fourchu Head</t>
+  </si>
+  <si>
+    <t>NS049</t>
+  </si>
+  <si>
+    <t>Harbour Rocks</t>
+  </si>
+  <si>
+    <t>NS052</t>
+  </si>
+  <si>
+    <t>Scatarie Island</t>
+  </si>
+  <si>
+    <t>NS055</t>
+  </si>
+  <si>
+    <t>Ingonish Island</t>
+  </si>
+  <si>
+    <t>NS057</t>
+  </si>
+  <si>
+    <t>The Capes</t>
+  </si>
+  <si>
+    <t>NS058</t>
+  </si>
+  <si>
+    <t>Margaree Island</t>
+  </si>
+  <si>
+    <t>NS061</t>
+  </si>
+  <si>
+    <t>Central Cape Breton Highlands</t>
+  </si>
+  <si>
+    <t>NT002</t>
+  </si>
+  <si>
+    <t>Whooping Crane Nesting Area and Summer Range</t>
+  </si>
+  <si>
+    <t>NT</t>
+  </si>
+  <si>
+    <t>NT016</t>
+  </si>
+  <si>
+    <t>Mackenzie River Delta</t>
+  </si>
+  <si>
+    <t>NT017</t>
+  </si>
+  <si>
+    <t>Banks Island Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>NT037</t>
+  </si>
+  <si>
+    <t>Kugaluk River</t>
+  </si>
+  <si>
+    <t>NT038</t>
+  </si>
+  <si>
+    <t>Anderson River Delta</t>
+  </si>
+  <si>
+    <t>NT039</t>
+  </si>
+  <si>
+    <t>Cape Bathurst Polynya</t>
+  </si>
+  <si>
+    <t>NT040</t>
+  </si>
+  <si>
+    <t>Harrowby Bay</t>
+  </si>
+  <si>
+    <t>NT041</t>
+  </si>
+  <si>
+    <t>Cape Parry</t>
+  </si>
+  <si>
+    <t>NT043</t>
+  </si>
+  <si>
+    <t>Thomsen River</t>
+  </si>
+  <si>
+    <t>NT044</t>
+  </si>
+  <si>
+    <t>Eastern Prince Patrick Island Coast</t>
+  </si>
+  <si>
+    <t>NT080</t>
+  </si>
+  <si>
+    <t>Lower Mackenzie River Islands</t>
+  </si>
+  <si>
+    <t>NT081</t>
+  </si>
+  <si>
+    <t>Middle Mackenzie River Islands</t>
+  </si>
+  <si>
+    <t>NT082</t>
+  </si>
+  <si>
+    <t>Brackett Lake</t>
+  </si>
+  <si>
+    <t>NT084</t>
+  </si>
+  <si>
+    <t>Beaver Lake</t>
+  </si>
+  <si>
+    <t>NT086</t>
+  </si>
+  <si>
+    <t>North Arm, Great Slave Lake</t>
+  </si>
+  <si>
+    <t>NT087</t>
+  </si>
+  <si>
+    <t>South Shore Great Slave Lake (Slave River Delta to Taltson Bay)</t>
+  </si>
+  <si>
+    <t>NU001</t>
+  </si>
+  <si>
+    <t>Digges Sound</t>
+  </si>
+  <si>
+    <t>NU004</t>
+  </si>
+  <si>
+    <t>Cape Hay</t>
+  </si>
+  <si>
+    <t>NU005</t>
+  </si>
+  <si>
+    <t>Coats Island/Cape Pembroke</t>
+  </si>
+  <si>
+    <t>NU006</t>
+  </si>
+  <si>
+    <t>Prince Leopold Island</t>
+  </si>
+  <si>
+    <t>NU007</t>
+  </si>
+  <si>
+    <t>Akpatok Island</t>
+  </si>
+  <si>
+    <t>NU008</t>
+  </si>
+  <si>
+    <t>Rasmussen Lowlands</t>
+  </si>
+  <si>
+    <t>NU009</t>
+  </si>
+  <si>
+    <t>Queen Maud Gulf</t>
+  </si>
+  <si>
+    <t>NU010</t>
+  </si>
+  <si>
+    <t>Cambridge Point</t>
+  </si>
+  <si>
+    <t>NU011</t>
+  </si>
+  <si>
+    <t>Foxe Basin Islands</t>
+  </si>
+  <si>
+    <t>NU013</t>
+  </si>
+  <si>
+    <t>Southwest Bylot</t>
+  </si>
+  <si>
+    <t>NU014</t>
+  </si>
+  <si>
+    <t>Inglefield Mountains</t>
+  </si>
+  <si>
+    <t>NU018</t>
+  </si>
+  <si>
+    <t>Awrey Island</t>
+  </si>
+  <si>
+    <t>NU020</t>
+  </si>
+  <si>
+    <t>McConnell River</t>
+  </si>
+  <si>
+    <t>NU021</t>
+  </si>
+  <si>
+    <t>Turton Island</t>
+  </si>
+  <si>
+    <t>NU022</t>
+  </si>
+  <si>
+    <t>Boas River and associated wetlands</t>
+  </si>
+  <si>
+    <t>NU023</t>
+  </si>
+  <si>
+    <t>East Bay/Native Bay</t>
+  </si>
+  <si>
+    <t>NU024</t>
+  </si>
+  <si>
+    <t>Fraser Island</t>
+  </si>
+  <si>
+    <t>NU025</t>
+  </si>
+  <si>
+    <t>Hantzsch Island</t>
+  </si>
+  <si>
+    <t>NU026</t>
+  </si>
+  <si>
+    <t>Eider Islands</t>
+  </si>
+  <si>
+    <t>NU027</t>
+  </si>
+  <si>
+    <t>Plover &amp; Payne Islands</t>
+  </si>
+  <si>
+    <t>NU028</t>
+  </si>
+  <si>
+    <t>Gyrfalcon Islands</t>
+  </si>
+  <si>
+    <t>NU029</t>
+  </si>
+  <si>
+    <t>Northeast Ungava Bay</t>
+  </si>
+  <si>
+    <t>NU030</t>
+  </si>
+  <si>
+    <t>Koktac River Archipelago</t>
+  </si>
+  <si>
+    <t>NU031</t>
+  </si>
+  <si>
+    <t>North Belcher Islands</t>
+  </si>
+  <si>
+    <t>NU032</t>
+  </si>
+  <si>
+    <t>Salikuit Islands</t>
+  </si>
+  <si>
+    <t>NU033</t>
+  </si>
+  <si>
+    <t>Sleeper Islands</t>
+  </si>
+  <si>
+    <t>NU034</t>
+  </si>
+  <si>
+    <t>Twin Islands</t>
+  </si>
+  <si>
+    <t>NU036</t>
+  </si>
+  <si>
+    <t>Akimiski Island</t>
+  </si>
+  <si>
+    <t>NU045</t>
+  </si>
+  <si>
+    <t>Seymour Island</t>
+  </si>
+  <si>
+    <t>NU049</t>
+  </si>
+  <si>
+    <t>Cheyne Islands</t>
+  </si>
+  <si>
+    <t>NU051</t>
+  </si>
+  <si>
+    <t>Washington Point, Baillie-Hamilton Island</t>
+  </si>
+  <si>
+    <t>NU052</t>
+  </si>
+  <si>
+    <t>North Kent Island</t>
+  </si>
+  <si>
+    <t>NU053</t>
+  </si>
+  <si>
+    <t>Cape Vera</t>
+  </si>
+  <si>
+    <t>NU054</t>
+  </si>
+  <si>
+    <t>Skruis Point</t>
+  </si>
+  <si>
+    <t>NU055</t>
+  </si>
+  <si>
+    <t>Sydkap Ice Field</t>
+  </si>
+  <si>
+    <t>NU057</t>
+  </si>
+  <si>
+    <t>Eastern Devon Island Nunataks</t>
+  </si>
+  <si>
+    <t>NU059</t>
+  </si>
+  <si>
+    <t>Cape Liddon</t>
+  </si>
+  <si>
+    <t>NU060</t>
+  </si>
+  <si>
+    <t>Hobhouse Inlet</t>
+  </si>
+  <si>
+    <t>NU062</t>
+  </si>
+  <si>
+    <t>Creswell Bay</t>
+  </si>
+  <si>
+    <t>NU065</t>
+  </si>
+  <si>
+    <t>Northwestern Brodeur Peninsula</t>
+  </si>
+  <si>
+    <t>NU066</t>
+  </si>
+  <si>
+    <t>Berlinguet Inlet</t>
+  </si>
+  <si>
+    <t>NU067</t>
+  </si>
+  <si>
+    <t>Baillarge Bay</t>
+  </si>
+  <si>
+    <t>NU068</t>
+  </si>
+  <si>
+    <t>Cape Graham Moore</t>
+  </si>
+  <si>
+    <t>NU069</t>
+  </si>
+  <si>
+    <t>Buchan Gulf</t>
+  </si>
+  <si>
+    <t>NU072</t>
+  </si>
+  <si>
+    <t>Reid Bay</t>
+  </si>
+  <si>
+    <t>NU078</t>
+  </si>
+  <si>
+    <t>Great Plain of the Koukdjuak</t>
+  </si>
+  <si>
+    <t>NU088</t>
+  </si>
+  <si>
+    <t>Jenny Lind Island</t>
+  </si>
+  <si>
+    <t>NU089</t>
+  </si>
+  <si>
+    <t>Middle Back River</t>
+  </si>
+  <si>
+    <t>NU091</t>
+  </si>
+  <si>
+    <t>Thelon River</t>
+  </si>
+  <si>
+    <t>NU100</t>
+  </si>
+  <si>
+    <t>South Flaherty Islands</t>
+  </si>
+  <si>
+    <t>NU101</t>
+  </si>
+  <si>
+    <t>Markham Bay Eider Colony</t>
+  </si>
+  <si>
+    <t>ON001</t>
+  </si>
+  <si>
+    <t>Long Point Peninsula and Marshes</t>
+  </si>
+  <si>
+    <t>ON002</t>
+  </si>
+  <si>
+    <t>Niagara River Corridor</t>
+  </si>
+  <si>
+    <t>ON005</t>
+  </si>
+  <si>
+    <t>Dundas Valley and Dundas Marsh</t>
+  </si>
+  <si>
+    <t>ON006</t>
+  </si>
+  <si>
+    <t>Point Pelee</t>
+  </si>
+  <si>
+    <t>ON009</t>
+  </si>
+  <si>
+    <t>Norfolk Forest Complex</t>
+  </si>
+  <si>
+    <t>ON010</t>
+  </si>
+  <si>
+    <t>Skunk's Misery Complex</t>
+  </si>
+  <si>
+    <t>ON011</t>
+  </si>
+  <si>
+    <t>Aylmer Wildlife Management Area</t>
+  </si>
+  <si>
+    <t>ON013</t>
+  </si>
+  <si>
+    <t>Pelee Island Natural Areas</t>
+  </si>
+  <si>
+    <t>ON014</t>
+  </si>
+  <si>
+    <t>Pelee Island Archipelago</t>
+  </si>
+  <si>
+    <t>ON015</t>
+  </si>
+  <si>
+    <t>Wye Marsh</t>
+  </si>
+  <si>
+    <t>ON016</t>
+  </si>
+  <si>
+    <t>The Watchers</t>
+  </si>
+  <si>
+    <t>ON017</t>
+  </si>
+  <si>
+    <t>The Cousins</t>
+  </si>
+  <si>
+    <t>ON018</t>
+  </si>
+  <si>
+    <t>St. Marys River Complex</t>
+  </si>
+  <si>
+    <t>ON019</t>
+  </si>
+  <si>
+    <t>Port Colborne (breakwater and mainland)</t>
+  </si>
+  <si>
+    <t>ON021</t>
+  </si>
+  <si>
+    <t>Twelve Mile Creek Headwaters</t>
+  </si>
+  <si>
+    <t>ON022</t>
+  </si>
+  <si>
+    <t>West End of Lake Ontario</t>
+  </si>
+  <si>
+    <t>ON023</t>
+  </si>
+  <si>
+    <t>Beamer Conservation Area</t>
+  </si>
+  <si>
+    <t>ON024</t>
+  </si>
+  <si>
+    <t>Port Franks Forested Dunes</t>
+  </si>
+  <si>
+    <t>ON025</t>
+  </si>
+  <si>
+    <t>Tiny Marsh</t>
+  </si>
+  <si>
+    <t>ON027</t>
+  </si>
+  <si>
+    <t>Pittock Reservoir</t>
+  </si>
+  <si>
+    <t>ON028</t>
+  </si>
+  <si>
+    <t>Springwater Conservation Area</t>
+  </si>
+  <si>
+    <t>ON033</t>
+  </si>
+  <si>
+    <t>Clear Creek</t>
+  </si>
+  <si>
+    <t>ON034</t>
+  </si>
+  <si>
+    <t>Holiday Beach / Big Creek CA</t>
+  </si>
+  <si>
+    <t>ON035</t>
+  </si>
+  <si>
+    <t>Matchedash Bay</t>
+  </si>
+  <si>
+    <t>ON037</t>
+  </si>
+  <si>
+    <t>Wolfe Island</t>
+  </si>
+  <si>
+    <t>ON038</t>
+  </si>
+  <si>
+    <t>Leslie Street Spit</t>
+  </si>
+  <si>
+    <t>ON040</t>
+  </si>
+  <si>
+    <t>Carden Alvar</t>
+  </si>
+  <si>
+    <t>QC004</t>
+  </si>
+  <si>
+    <t>Île Shag</t>
+  </si>
+  <si>
+    <t>QC</t>
+  </si>
+  <si>
+    <t>ON041</t>
+  </si>
+  <si>
+    <t>Pigeon Island</t>
+  </si>
+  <si>
+    <t>ON044</t>
+  </si>
+  <si>
+    <t>Little Otter Creek Complex</t>
+  </si>
+  <si>
+    <t>ON045</t>
+  </si>
+  <si>
+    <t>Wildwood Gull Roost</t>
+  </si>
+  <si>
+    <t>ON047</t>
+  </si>
+  <si>
+    <t>Lower Detroit River</t>
+  </si>
+  <si>
+    <t>ON048</t>
+  </si>
+  <si>
+    <t>Southwest Elgin Forest Complex</t>
+  </si>
+  <si>
+    <t>ON052</t>
+  </si>
+  <si>
+    <t>Limestone Islands</t>
+  </si>
+  <si>
+    <t>ON058</t>
+  </si>
+  <si>
+    <t>Point Abino</t>
+  </si>
+  <si>
+    <t>ON062</t>
+  </si>
+  <si>
+    <t>Amherst Island</t>
+  </si>
+  <si>
+    <t>ON084</t>
+  </si>
+  <si>
+    <t>Lake Huron, Quarry Bay</t>
+  </si>
+  <si>
+    <t>ON088</t>
+  </si>
+  <si>
+    <t>Owen Channel</t>
+  </si>
+  <si>
+    <t>ON125</t>
+  </si>
+  <si>
+    <t>Albany River Estuary &amp; Assoc. Coastline</t>
+  </si>
+  <si>
+    <t>ON127</t>
+  </si>
+  <si>
+    <t>Akimiski Strait</t>
+  </si>
+  <si>
+    <t>ON129</t>
+  </si>
+  <si>
+    <t>Ekwan to Lakitusaki Shores</t>
+  </si>
+  <si>
+    <t>ON130</t>
+  </si>
+  <si>
+    <t>Cape Henrietta Maria</t>
+  </si>
+  <si>
+    <t>ON133</t>
+  </si>
+  <si>
+    <t>Winisk River Estuary</t>
+  </si>
+  <si>
+    <t>ON134</t>
+  </si>
+  <si>
+    <t>Shagamu River &amp; Area</t>
+  </si>
+  <si>
+    <t>ON135</t>
+  </si>
+  <si>
+    <t>Severn River Coastline</t>
+  </si>
+  <si>
+    <t>ON141</t>
+  </si>
+  <si>
+    <t>Sutton River Coastline</t>
+  </si>
+  <si>
+    <t>ON142</t>
+  </si>
+  <si>
+    <t>Niskibi Cape</t>
+  </si>
+  <si>
+    <t>ON143</t>
+  </si>
+  <si>
+    <t>Pen Islands</t>
+  </si>
+  <si>
+    <t>ON144</t>
+  </si>
+  <si>
+    <t>Lake of the Woods Sand Spit Archipelago</t>
+  </si>
+  <si>
+    <t>ON146</t>
+  </si>
+  <si>
+    <t>Three Sisters Islands</t>
+  </si>
+  <si>
+    <t>ON150</t>
+  </si>
+  <si>
+    <t>Manitoulin Island North Shore</t>
+  </si>
+  <si>
+    <t>ON151</t>
+  </si>
+  <si>
+    <t>Spring Bay</t>
+  </si>
+  <si>
+    <t>ON153</t>
+  </si>
+  <si>
+    <t>Nottawasaga Island</t>
+  </si>
+  <si>
+    <t>ON154</t>
+  </si>
+  <si>
+    <t>Chantry Island</t>
+  </si>
+  <si>
+    <t>ON157</t>
+  </si>
+  <si>
+    <t>Pei lay sheesh kow</t>
+  </si>
+  <si>
+    <t>PE001</t>
+  </si>
+  <si>
+    <t>Cascumpec Bay/Alberton Harbour/Malpeque Bay</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>PE004</t>
+  </si>
+  <si>
+    <t>Durell Point</t>
+  </si>
+  <si>
+    <t>PE005</t>
+  </si>
+  <si>
+    <t>HighBank</t>
+  </si>
+  <si>
+    <t>PE007</t>
+  </si>
+  <si>
+    <t>Boughton Island</t>
+  </si>
+  <si>
+    <t>PE008</t>
+  </si>
+  <si>
+    <t>Governors Island</t>
+  </si>
+  <si>
+    <t>QC110</t>
+  </si>
+  <si>
+    <t>Réservoir Beaudet</t>
+  </si>
+  <si>
+    <t>PE009</t>
+  </si>
+  <si>
+    <t>West Cape</t>
+  </si>
+  <si>
+    <t>PE010</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>PE011</t>
+  </si>
+  <si>
+    <t>Bedeque Bay</t>
+  </si>
+  <si>
+    <t>NS004</t>
+  </si>
+  <si>
+    <t>South Shore (Port Joli sector)</t>
+  </si>
+  <si>
+    <t>PE012</t>
+  </si>
+  <si>
+    <t>Cape Tryon</t>
+  </si>
+  <si>
+    <t>PE013</t>
+  </si>
+  <si>
+    <t>PEI National Park</t>
+  </si>
+  <si>
+    <t>PE014</t>
+  </si>
+  <si>
+    <t>Orwell Bay</t>
+  </si>
+  <si>
+    <t>PE015</t>
+  </si>
+  <si>
+    <t>Canavoy and Adjacent Beaches</t>
+  </si>
+  <si>
+    <t>PE016</t>
+  </si>
+  <si>
+    <t>East Point</t>
+  </si>
+  <si>
+    <t>PE018</t>
+  </si>
+  <si>
+    <t>Glenfinnan Island</t>
+  </si>
+  <si>
+    <t>QC029</t>
+  </si>
+  <si>
+    <t>Monts Chic-Chocs</t>
+  </si>
+  <si>
+    <t>QC001</t>
+  </si>
+  <si>
+    <t>Bonaventure Island</t>
+  </si>
+  <si>
+    <t>QC002</t>
+  </si>
+  <si>
+    <t>Cap Tourmente</t>
+  </si>
+  <si>
+    <t>QC003</t>
+  </si>
+  <si>
+    <t>Lagune du Havre aux Basques et plage de l'Ouest</t>
+  </si>
+  <si>
+    <t>QC005</t>
+  </si>
+  <si>
+    <t>Plages de La Martinique et de Havre-Aubert</t>
+  </si>
+  <si>
+    <t>QC006</t>
+  </si>
+  <si>
+    <t>Les rochers aux Oiseaux</t>
+  </si>
+  <si>
+    <t>QC009</t>
+  </si>
+  <si>
+    <t>Île de l'Est</t>
+  </si>
+  <si>
+    <t>QC012</t>
+  </si>
+  <si>
+    <t>Plage de l'Hôpital</t>
+  </si>
+  <si>
+    <t>QC013</t>
+  </si>
+  <si>
+    <t>La Pointe</t>
+  </si>
+  <si>
+    <t>QC015</t>
+  </si>
+  <si>
+    <t>Bassin aux Huîtres</t>
+  </si>
+  <si>
+    <t>BC122</t>
+  </si>
+  <si>
+    <t>Lucy Islands</t>
+  </si>
+  <si>
+    <t>QC018</t>
+  </si>
+  <si>
+    <t>Falaises de l'île d'Entrée</t>
+  </si>
+  <si>
+    <t>QC021</t>
+  </si>
+  <si>
+    <t>Île aux Goélands</t>
+  </si>
+  <si>
+    <t>QC022</t>
+  </si>
+  <si>
+    <t>Île Paquet</t>
+  </si>
+  <si>
+    <t>QC024</t>
+  </si>
+  <si>
+    <t>Dune du Sud</t>
+  </si>
+  <si>
+    <t>QC026</t>
+  </si>
+  <si>
+    <t>Îlot C</t>
+  </si>
+  <si>
+    <t>QC027</t>
+  </si>
+  <si>
+    <t>Île aux Loups Marins</t>
+  </si>
+  <si>
+    <t>QC030</t>
+  </si>
+  <si>
+    <t>Banc de Carleton</t>
+  </si>
+  <si>
+    <t>QC069</t>
+  </si>
+  <si>
+    <t>Baie des Loups</t>
+  </si>
+  <si>
+    <t>QC031</t>
+  </si>
+  <si>
+    <t>Shigawake-Newport</t>
+  </si>
+  <si>
+    <t>QC033</t>
+  </si>
+  <si>
+    <t>Pointe Saint-Pierre et île Plate</t>
+  </si>
+  <si>
+    <t>QC035</t>
+  </si>
+  <si>
+    <t>Cap d'Espoir</t>
+  </si>
+  <si>
+    <t>QC036</t>
+  </si>
+  <si>
+    <t>Barachois de Malbaie</t>
+  </si>
+  <si>
+    <t>QC037</t>
+  </si>
+  <si>
+    <t>Baie de Gaspé</t>
+  </si>
+  <si>
+    <t>QC039</t>
+  </si>
+  <si>
+    <t>Péninsule de Forillon</t>
+  </si>
+  <si>
+    <t>QC040</t>
+  </si>
+  <si>
+    <t>Îles Les Boules</t>
+  </si>
+  <si>
+    <t>QC041</t>
+  </si>
+  <si>
+    <t>Rimouski</t>
+  </si>
+  <si>
+    <t>QC042</t>
+  </si>
+  <si>
+    <t>Marais de la baie de L'Isle-Verte</t>
+  </si>
+  <si>
+    <t>QC043</t>
+  </si>
+  <si>
+    <t>Marais de Gros-Cacouna</t>
+  </si>
+  <si>
+    <t>QC045</t>
+  </si>
+  <si>
+    <t>Île Bicquette</t>
+  </si>
+  <si>
+    <t>QC046</t>
+  </si>
+  <si>
+    <t>Île aux Basques et Les Razades</t>
+  </si>
+  <si>
+    <t>QC047</t>
+  </si>
+  <si>
+    <t>Île aux Pommes</t>
+  </si>
+  <si>
+    <t>QC048</t>
+  </si>
+  <si>
+    <t>Île Blanche</t>
+  </si>
+  <si>
+    <t>QC049</t>
+  </si>
+  <si>
+    <t>Îles Pèlerins</t>
+  </si>
+  <si>
+    <t>QC050</t>
+  </si>
+  <si>
+    <t>Brandypot Islands</t>
+  </si>
+  <si>
+    <t>QC052</t>
+  </si>
+  <si>
+    <t>Île aux Fraises</t>
+  </si>
+  <si>
+    <t>QC055</t>
+  </si>
+  <si>
+    <t>Kamouraska</t>
+  </si>
+  <si>
+    <t>QC064</t>
+  </si>
+  <si>
+    <t>Saint-Augustin Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>QC065</t>
+  </si>
+  <si>
+    <t>Îles Sainte-Marie</t>
+  </si>
+  <si>
+    <t>QC066</t>
+  </si>
+  <si>
+    <t>Îles aux Perroquets</t>
+  </si>
+  <si>
+    <t>QC068</t>
+  </si>
+  <si>
+    <t>Île du Lac</t>
+  </si>
+  <si>
+    <t>QC072</t>
+  </si>
+  <si>
+    <t>Watshishou</t>
+  </si>
+  <si>
+    <t>QC073</t>
+  </si>
+  <si>
+    <t>Petite île Sainte-Geneviève</t>
+  </si>
+  <si>
+    <t>QC074</t>
+  </si>
+  <si>
+    <t>Betchouane</t>
+  </si>
+  <si>
+    <t>QC076</t>
+  </si>
+  <si>
+    <t>Cayes à Meck</t>
+  </si>
+  <si>
+    <t>QC078</t>
+  </si>
+  <si>
+    <t>Île Nue de Mingan</t>
+  </si>
+  <si>
+    <t>QC082</t>
+  </si>
+  <si>
+    <t>Baie Comeau</t>
+  </si>
+  <si>
+    <t>BC125</t>
+  </si>
+  <si>
+    <t>Grey and Green islets</t>
+  </si>
+  <si>
+    <t>QC083</t>
+  </si>
+  <si>
+    <t>Barre de Portneuf</t>
+  </si>
+  <si>
+    <t>QC084</t>
+  </si>
+  <si>
+    <t>Baie des Escoumins et Grandes-Bergeronnes</t>
+  </si>
+  <si>
+    <t>QC085</t>
+  </si>
+  <si>
+    <t>Tadoussac</t>
+  </si>
+  <si>
+    <t>QC087</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Fulgence</t>
+  </si>
+  <si>
+    <t>QC090</t>
+  </si>
+  <si>
+    <t>Île Rouge</t>
+  </si>
+  <si>
+    <t>QC091</t>
+  </si>
+  <si>
+    <t>Batture aux Alouettes and mouth of Saguenay River</t>
+  </si>
+  <si>
+    <t>QC093</t>
+  </si>
+  <si>
+    <t>Baie des Rochers</t>
+  </si>
+  <si>
+    <t>QC094</t>
+  </si>
+  <si>
+    <t>La Malbaie–Pointe-au-Pic</t>
+  </si>
+  <si>
+    <t>QC097</t>
+  </si>
+  <si>
+    <t>L'Islet</t>
+  </si>
+  <si>
+    <t>QC098</t>
+  </si>
+  <si>
+    <t>Le Pilier de Pierre</t>
+  </si>
+  <si>
+    <t>QC099</t>
+  </si>
+  <si>
+    <t>Le Pilier de Bois</t>
+  </si>
+  <si>
+    <t>QC100</t>
+  </si>
+  <si>
+    <t>Battures aux Loups Marins</t>
+  </si>
+  <si>
+    <t>QC102</t>
+  </si>
+  <si>
+    <t>Cap Saint-Ignace</t>
+  </si>
+  <si>
+    <t>QC103</t>
+  </si>
+  <si>
+    <t>Île aux Grues</t>
+  </si>
+  <si>
+    <t>QC104</t>
+  </si>
+  <si>
+    <t>Montmagny</t>
+  </si>
+  <si>
+    <t>QC105</t>
+  </si>
+  <si>
+    <t>Saint-Vallier</t>
+  </si>
+  <si>
+    <t>QC107</t>
+  </si>
+  <si>
+    <t>Battures de Beauport and chenal de l’île d’Orléans</t>
+  </si>
+  <si>
+    <t>QC112</t>
+  </si>
+  <si>
+    <t>Nicolet et Baie-du-Fèbvre</t>
+  </si>
+  <si>
+    <t>QC114</t>
+  </si>
+  <si>
+    <t>Plaine inondable de Saint-Barthélemy</t>
+  </si>
+  <si>
+    <t>QC115</t>
+  </si>
+  <si>
+    <t>Centre du lac Saint-Pierre</t>
+  </si>
+  <si>
+    <t>QC123</t>
+  </si>
+  <si>
+    <t>Lac Boivin</t>
+  </si>
+  <si>
+    <t>QC125</t>
+  </si>
+  <si>
+    <t>Réserve nationale de faune des Îles-de-Contrecoeur</t>
+  </si>
+  <si>
+    <t>QC126</t>
+  </si>
+  <si>
+    <t>Île Deslauriers</t>
+  </si>
+  <si>
+    <t>QC127</t>
+  </si>
+  <si>
+    <t>Île de la Couvée</t>
+  </si>
+  <si>
+    <t>QC131</t>
+  </si>
+  <si>
+    <t>Barrage de Beauharnois</t>
+  </si>
+  <si>
+    <t>QC134</t>
+  </si>
+  <si>
+    <t>Lac Saint-Louis et Îles-de-la-Paix</t>
+  </si>
+  <si>
+    <t>QC136</t>
+  </si>
+  <si>
+    <t>Île Dickerson</t>
+  </si>
+  <si>
+    <t>QC137</t>
+  </si>
+  <si>
+    <t>Lac Saint-Francois National Wildlife Area and bordering waters</t>
+  </si>
+  <si>
+    <t>QC139</t>
+  </si>
+  <si>
+    <t>Plaisance</t>
+  </si>
+  <si>
+    <t>QC143</t>
+  </si>
+  <si>
+    <t>Northeast James Bay Coast</t>
+  </si>
+  <si>
+    <t>QC145</t>
+  </si>
+  <si>
+    <t>Grande Rivière de la Baleine</t>
+  </si>
+  <si>
+    <t>QC146</t>
+  </si>
+  <si>
+    <t>Petite Rivière de la Baleine</t>
+  </si>
+  <si>
+    <t>BC093</t>
+  </si>
+  <si>
+    <t>Gillam Island</t>
+  </si>
+  <si>
+    <t>QC147</t>
+  </si>
+  <si>
+    <t>Rivers of the Lac Guillaume-Delisle Basin</t>
+  </si>
+  <si>
+    <t>QC148</t>
+  </si>
+  <si>
+    <t>Rivière Nastapoka</t>
+  </si>
+  <si>
+    <t>QC149</t>
+  </si>
+  <si>
+    <t>Île a Calculot</t>
+  </si>
+  <si>
+    <t>QC158</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Timothée</t>
+  </si>
+  <si>
+    <t>QC159</t>
+  </si>
+  <si>
+    <t>Eaux de l'archipel de Mingan</t>
+  </si>
+  <si>
+    <t>QC160</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>QC161</t>
+  </si>
+  <si>
+    <t>Canal de Beauharnois</t>
+  </si>
+  <si>
+    <t>QC162</t>
+  </si>
+  <si>
+    <t>Sept-Îles</t>
+  </si>
+  <si>
+    <t>QC163</t>
+  </si>
+  <si>
+    <t>Miinshtuk-Wiinebek</t>
+  </si>
+  <si>
+    <t>SK001</t>
+  </si>
+  <si>
+    <t>Last Mountain Lake National Wildlife Area</t>
+  </si>
+  <si>
+    <t>SK002</t>
+  </si>
+  <si>
+    <t>Quill Lakes</t>
+  </si>
+  <si>
+    <t>SK003</t>
+  </si>
+  <si>
+    <t>Luck Lake</t>
+  </si>
+  <si>
+    <t>SK004</t>
+  </si>
+  <si>
+    <t>Lavalleé Lake</t>
+  </si>
+  <si>
+    <t>SK005</t>
+  </si>
+  <si>
+    <t>Redberry Lake</t>
+  </si>
+  <si>
+    <t>QC151</t>
+  </si>
+  <si>
+    <t>Waters of Île Patte de Lièvre</t>
+  </si>
+  <si>
+    <t>SK006</t>
+  </si>
+  <si>
+    <t>Galloway and Miry Bay</t>
+  </si>
+  <si>
+    <t>SK013</t>
+  </si>
+  <si>
+    <t>Colgate</t>
+  </si>
+  <si>
+    <t>SK015</t>
+  </si>
+  <si>
+    <t>Sandoff Lake</t>
+  </si>
+  <si>
+    <t>SK016</t>
+  </si>
+  <si>
+    <t>Alkali Lake</t>
+  </si>
+  <si>
+    <t>SK017</t>
+  </si>
+  <si>
+    <t>Coteau Lakes</t>
+  </si>
+  <si>
+    <t>SK020</t>
+  </si>
+  <si>
+    <t>Willow Bunch Lake</t>
+  </si>
+  <si>
+    <t>NT083</t>
+  </si>
+  <si>
+    <t>Mills Lake</t>
+  </si>
+  <si>
+    <t>SK021</t>
+  </si>
+  <si>
+    <t>Fife Lake</t>
+  </si>
+  <si>
+    <t>SK029</t>
+  </si>
+  <si>
+    <t>Dryboro/Burn Lake</t>
+  </si>
+  <si>
+    <t>SK033</t>
+  </si>
+  <si>
+    <t>Chaplin Lake</t>
+  </si>
+  <si>
+    <t>SK034</t>
+  </si>
+  <si>
+    <t>Reed Lake</t>
+  </si>
+  <si>
+    <t>SK039</t>
+  </si>
+  <si>
+    <t>Govenlock-Nashlyn-Battle Creek Grasslands</t>
+  </si>
+  <si>
+    <t>SK041</t>
+  </si>
+  <si>
+    <t>Maple Creek Grasslands</t>
+  </si>
+  <si>
+    <t>SK042</t>
+  </si>
+  <si>
+    <t>Bigstick Lake Plain</t>
+  </si>
+  <si>
+    <t>SK045</t>
+  </si>
+  <si>
+    <t>Cabri Area</t>
+  </si>
+  <si>
+    <t>SK046</t>
+  </si>
+  <si>
+    <t>South Saskatchewan River (Empress to Lancer Ferry)</t>
+  </si>
+  <si>
+    <t>SK047</t>
+  </si>
+  <si>
+    <t>Mantario Hills</t>
+  </si>
+  <si>
+    <t>SK048</t>
+  </si>
+  <si>
+    <t>Kindersley-Elna</t>
+  </si>
+  <si>
+    <t>SK050</t>
+  </si>
+  <si>
+    <t>Barber Lake</t>
+  </si>
+  <si>
+    <t>SK057</t>
+  </si>
+  <si>
+    <t>Paysen/Kettlehut Lake</t>
+  </si>
+  <si>
+    <t>SK058</t>
+  </si>
+  <si>
+    <t>Eyebrow Lake</t>
+  </si>
+  <si>
+    <t>SK059</t>
+  </si>
+  <si>
+    <t>Pelican Lake</t>
+  </si>
+  <si>
+    <t>SK060</t>
+  </si>
+  <si>
+    <t>Nicolle Flats</t>
+  </si>
+  <si>
+    <t>SK061</t>
+  </si>
+  <si>
+    <t>Valeport Marsh</t>
+  </si>
+  <si>
+    <t>SK064</t>
+  </si>
+  <si>
+    <t>Kutawagan Lake</t>
+  </si>
+  <si>
+    <t>SK065</t>
+  </si>
+  <si>
+    <t>Foam Lake</t>
+  </si>
+  <si>
+    <t>SK071</t>
+  </si>
+  <si>
+    <t>Greenwater Lake Provincial Park</t>
+  </si>
+  <si>
+    <t>SK072</t>
+  </si>
+  <si>
+    <t>Ponass Lake</t>
+  </si>
+  <si>
+    <t>SK074</t>
+  </si>
+  <si>
+    <t>Lake Lenore</t>
+  </si>
+  <si>
+    <t>SK075</t>
+  </si>
+  <si>
+    <t>Basin and Middle Lakes</t>
+  </si>
+  <si>
+    <t>SK076</t>
+  </si>
+  <si>
+    <t>Buffer Lake</t>
+  </si>
+  <si>
+    <t>SK077</t>
+  </si>
+  <si>
+    <t>Porter Lake</t>
+  </si>
+  <si>
+    <t>SK078</t>
+  </si>
+  <si>
+    <t>Blackstrap Coulee</t>
+  </si>
+  <si>
+    <t>SK081</t>
+  </si>
+  <si>
+    <t>Rice Lake</t>
+  </si>
+  <si>
+    <t>SK082</t>
+  </si>
+  <si>
+    <t>Landis Lake</t>
+  </si>
+  <si>
+    <t>SK083</t>
+  </si>
+  <si>
+    <t>Radisson Lake</t>
+  </si>
+  <si>
+    <t>SK087</t>
+  </si>
+  <si>
+    <t>Midnight Lake</t>
+  </si>
+  <si>
+    <t>SK092</t>
+  </si>
+  <si>
+    <t>Primrose Lake</t>
+  </si>
+  <si>
+    <t>SK099</t>
+  </si>
+  <si>
+    <t>Tobin Lake</t>
+  </si>
+  <si>
+    <t>SK102</t>
+  </si>
+  <si>
+    <t>Cumberland Marshes</t>
+  </si>
+  <si>
+    <t>SK104</t>
+  </si>
+  <si>
+    <t>Suggi Lake</t>
+  </si>
+  <si>
+    <t>YK001</t>
+  </si>
+  <si>
+    <t>Old Crow Flats</t>
+  </si>
+  <si>
+    <t>YT</t>
+  </si>
+  <si>
+    <t>YK003</t>
+  </si>
+  <si>
+    <t>Nisutlin River Delta</t>
+  </si>
+  <si>
+    <t>YK005</t>
+  </si>
+  <si>
+    <t>Nunaluk Spit to Herschel Island</t>
+  </si>
+  <si>
+    <t>YK007</t>
+  </si>
+  <si>
+    <t>Babbage and Spring River Deltas</t>
+  </si>
+  <si>
+    <t>YK008</t>
+  </si>
+  <si>
+    <t>Blow River Delta (Shingle Point to Tent Island)</t>
+  </si>
+  <si>
+    <t>YK014</t>
+  </si>
+  <si>
+    <t>Shallow Bay, Big Slough and Swan Lake</t>
+  </si>
+  <si>
+    <t>YK016</t>
+  </si>
+  <si>
+    <t>M'Clintock Bay to Lewes River Marsh</t>
+  </si>
+  <si>
+    <t>YK017</t>
+  </si>
+  <si>
+    <t>Tagish Narrows</t>
+  </si>
+  <si>
+    <t>YK019</t>
+  </si>
+  <si>
+    <t>Nares Lake</t>
+  </si>
+  <si>
+    <t>SK023</t>
+  </si>
+  <si>
+    <t>Grasslands National Park (east)</t>
+  </si>
+  <si>
+    <t>QC120</t>
+  </si>
+  <si>
+    <t>Massif du mont Gosford</t>
+  </si>
+  <si>
+    <t>SK018</t>
+  </si>
+  <si>
+    <t>Big Muddy Lake (and surroundings)</t>
+  </si>
+  <si>
+    <t>SK055</t>
+  </si>
+  <si>
+    <t>East Lake Diefenbaker</t>
+  </si>
+  <si>
+    <t>ON003</t>
+  </si>
+  <si>
+    <t>Prince Edward County South Shore</t>
+  </si>
+  <si>
+    <t>QC153</t>
+  </si>
+  <si>
+    <t>Charlevoix</t>
+  </si>
+  <si>
+    <t>ON152</t>
+  </si>
+  <si>
+    <t>Napanee Limestone Plain</t>
+  </si>
+  <si>
+    <t>ON158</t>
+  </si>
+  <si>
+    <t>Frontenac Forests</t>
+  </si>
+  <si>
+    <t>AB065</t>
+  </si>
+  <si>
+    <t>Sage Creek</t>
+  </si>
+  <si>
+    <t>AB004</t>
+  </si>
+  <si>
+    <t>Milk River Canyon and Area</t>
+  </si>
+  <si>
+    <t>AB076</t>
+  </si>
+  <si>
+    <t>Cavendish Railline</t>
+  </si>
+  <si>
+    <t>SK089</t>
+  </si>
+  <si>
+    <t>Manito Lake Area (includes Reflex, Freshwater, Wells, Colette and Cipher Lakes)</t>
+  </si>
+  <si>
+    <t>SK024</t>
+  </si>
+  <si>
+    <t>Grasslands National Park (west)</t>
+  </si>
+  <si>
+    <t>SK084</t>
+  </si>
+  <si>
+    <t>Blaine Lakes</t>
+  </si>
+  <si>
+    <t>QC017</t>
+  </si>
+  <si>
+    <t>Rocher Le Corps Mort</t>
+  </si>
+  <si>
+    <t>QC016</t>
+  </si>
+  <si>
+    <t>Cap Noir</t>
+  </si>
+  <si>
+    <t>NU070</t>
+  </si>
+  <si>
+    <t>Scott Inlet</t>
+  </si>
+  <si>
+    <t>AB007</t>
+  </si>
+  <si>
+    <t>Suffield</t>
+  </si>
+  <si>
+    <t>AB015</t>
+  </si>
+  <si>
+    <t>Lake Newell and Kitsim Reservoir</t>
+  </si>
+  <si>
+    <t>AB001</t>
+  </si>
+  <si>
+    <t>Beaverhill Lake</t>
+  </si>
+  <si>
+    <t>BC005</t>
+  </si>
+  <si>
+    <t>Kerouard and St. James Islands</t>
+  </si>
+  <si>
+    <t>BC025</t>
+  </si>
+  <si>
+    <t>White Islets and Wilson Creek</t>
+  </si>
+  <si>
+    <t>BC110</t>
+  </si>
+  <si>
+    <t>Mussel and Kynoch Inlet and Sheep Passage</t>
+  </si>
+  <si>
+    <t>BC067</t>
+  </si>
+  <si>
+    <t>Desolation Sound</t>
+  </si>
+  <si>
+    <t>AB032</t>
+  </si>
+  <si>
+    <t>Killarney, Dillberry and Leane Lakes</t>
+  </si>
+  <si>
+    <t>SK031</t>
+  </si>
+  <si>
+    <t>Old Wives-Frederick Lakes</t>
+  </si>
+  <si>
+    <t>AB068</t>
+  </si>
+  <si>
+    <t>Big Lake</t>
+  </si>
+  <si>
+    <t>QC007</t>
+  </si>
+  <si>
+    <t>Île Brion</t>
+  </si>
+  <si>
+    <t>BC046</t>
+  </si>
+  <si>
+    <t>Mandarte Island</t>
+  </si>
+  <si>
+    <t>AB058</t>
+  </si>
+  <si>
+    <t>Cardinal Lake</t>
+  </si>
+  <si>
+    <t>AB097</t>
+  </si>
+  <si>
+    <t>Lac La Biche</t>
+  </si>
+  <si>
+    <t>AB003</t>
+  </si>
+  <si>
+    <t>Lesser Slave Lake PP</t>
+  </si>
+  <si>
+    <t>MB099</t>
+  </si>
+  <si>
+    <t>Balabas Island</t>
+  </si>
+  <si>
+    <t>MB038</t>
+  </si>
+  <si>
+    <t>North, West, and East Shoal Lakes</t>
+  </si>
+  <si>
+    <t>AB026</t>
+  </si>
+  <si>
+    <t>Chain Lakes</t>
+  </si>
+  <si>
+    <t>ON012</t>
+  </si>
+  <si>
+    <t>Eastern Lake St. Clair</t>
+  </si>
+  <si>
+    <t>NS056</t>
+  </si>
+  <si>
+    <t>Cape Breton Highlands National Park</t>
+  </si>
+  <si>
+    <t>AB025</t>
+  </si>
+  <si>
+    <t>Dowling Lake</t>
+  </si>
+  <si>
+    <t>MB001</t>
+  </si>
+  <si>
+    <t>Delta Marsh</t>
+  </si>
+  <si>
+    <t>BC124</t>
+  </si>
+  <si>
+    <t>Big Bay south to Delusion Bay</t>
+  </si>
+  <si>
+    <t>QC058</t>
+  </si>
+  <si>
+    <t>Falaise aux Goélands and pointe de l’Est</t>
+  </si>
+  <si>
+    <t>ON026</t>
+  </si>
+  <si>
+    <t>Thedford Flats</t>
+  </si>
+  <si>
+    <t>ON004</t>
+  </si>
+  <si>
+    <t>Presqu'ile Provincial Park</t>
+  </si>
+  <si>
+    <t>PE002</t>
+  </si>
+  <si>
+    <t>Chepstow</t>
+  </si>
+  <si>
+    <t>ON007</t>
+  </si>
+  <si>
+    <t>Greater Rondeau Area</t>
+  </si>
+  <si>
+    <t>QC128</t>
+  </si>
+  <si>
+    <t>Île aux Hérons Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>MB102</t>
+  </si>
+  <si>
+    <t>North Lake Winnipegosis Reefs</t>
+  </si>
+  <si>
+    <t>MB008</t>
+  </si>
+  <si>
+    <t>Nelson River Estuary &amp; Marsh Point</t>
+  </si>
+  <si>
+    <t>ON112</t>
+  </si>
+  <si>
+    <t>Lac Deschênes-Ottawa River</t>
+  </si>
+  <si>
+    <t>MB083</t>
+  </si>
+  <si>
+    <t>Lake St. Martin Islands</t>
+  </si>
+  <si>
+    <t>MB004</t>
+  </si>
+  <si>
+    <t>Gull and Sandhill Island</t>
+  </si>
+  <si>
+    <t>NS053</t>
+  </si>
+  <si>
+    <t>Northern Head and South Head</t>
+  </si>
+  <si>
+    <t>QC156</t>
+  </si>
+  <si>
+    <t>Mont Mégantic</t>
+  </si>
+  <si>
+    <t>QC063</t>
+  </si>
+  <si>
+    <t>Baie de Brador</t>
+  </si>
+  <si>
+    <t>MB062</t>
+  </si>
+  <si>
+    <t>Little George Island</t>
+  </si>
+  <si>
+    <t>BC075</t>
+  </si>
+  <si>
+    <t>Barkley Sound</t>
+  </si>
+  <si>
     <t>NS030</t>
   </si>
   <si>
     <t>Cape North and Money Point</t>
-  </si>
-[...2104 lines deleted...]
-    <t>Barkley Sound</t>
   </si>
   <si>
     <t>BC097</t>
   </si>
   <si>
     <t>Amphitrite and Swiftsure Banks</t>
   </si>
   <si>
     <t>ON059</t>
   </si>
   <si>
     <t>Luther Marsh</t>
   </si>
   <si>
     <t>QC118</t>
   </si>
   <si>
     <t>La Grande Île</t>
   </si>
   <si>
     <t>ON099</t>
   </si>
   <si>
     <t>Cabot Head</t>
   </si>
@@ -9210,1034 +9210,1034 @@
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>482</v>
       </c>
       <c r="B229" t="s">
         <v>483</v>
       </c>
       <c r="C229" t="s">
         <v>445</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>15</v>
       </c>
       <c r="F229" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G229" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>484</v>
       </c>
       <c r="B230" t="s">
         <v>485</v>
       </c>
       <c r="C230" t="s">
         <v>445</v>
       </c>
       <c r="D230" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E230" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F230" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>486</v>
       </c>
       <c r="B231" t="s">
         <v>487</v>
       </c>
       <c r="C231" t="s">
         <v>445</v>
       </c>
       <c r="D231" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>25</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>488</v>
       </c>
       <c r="B232" t="s">
         <v>489</v>
       </c>
       <c r="C232" t="s">
         <v>445</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>25</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>490</v>
       </c>
       <c r="B233" t="s">
         <v>491</v>
       </c>
       <c r="C233" t="s">
         <v>445</v>
       </c>
       <c r="D233" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E233" t="s">
         <v>25</v>
       </c>
       <c r="F233" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G233" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>492</v>
       </c>
       <c r="B234" t="s">
         <v>493</v>
       </c>
       <c r="C234" t="s">
         <v>445</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E234" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F234" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G234" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>494</v>
       </c>
       <c r="B235" t="s">
         <v>495</v>
       </c>
       <c r="C235" t="s">
         <v>445</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>15</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>496</v>
       </c>
       <c r="B236" t="s">
         <v>497</v>
       </c>
       <c r="C236" t="s">
         <v>445</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>15</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>498</v>
       </c>
       <c r="B237" t="s">
         <v>499</v>
       </c>
       <c r="C237" t="s">
         <v>445</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>15</v>
       </c>
       <c r="F237" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G237" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>500</v>
       </c>
       <c r="B238" t="s">
         <v>501</v>
       </c>
       <c r="C238" t="s">
-        <v>445</v>
+        <v>502</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
+        <v>503</v>
+      </c>
+      <c r="B239" t="s">
+        <v>504</v>
+      </c>
+      <c r="C239" t="s">
         <v>502</v>
       </c>
-      <c r="B239" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>505</v>
       </c>
       <c r="B240" t="s">
         <v>506</v>
       </c>
       <c r="C240" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>507</v>
       </c>
       <c r="B241" t="s">
         <v>508</v>
       </c>
       <c r="C241" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F241" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>509</v>
       </c>
       <c r="B242" t="s">
         <v>510</v>
       </c>
       <c r="C242" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>15</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>511</v>
       </c>
       <c r="B243" t="s">
         <v>512</v>
       </c>
       <c r="C243" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D243" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E243" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F243" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>513</v>
       </c>
       <c r="B244" t="s">
         <v>514</v>
       </c>
       <c r="C244" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E244" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F244" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G244" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>515</v>
       </c>
       <c r="B245" t="s">
         <v>516</v>
       </c>
       <c r="C245" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D245" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E245" t="s">
         <v>15</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>517</v>
       </c>
       <c r="B246" t="s">
         <v>518</v>
       </c>
       <c r="C246" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>15</v>
       </c>
       <c r="F246" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>519</v>
       </c>
       <c r="B247" t="s">
         <v>520</v>
       </c>
       <c r="C247" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>15</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>521</v>
       </c>
       <c r="B248" t="s">
         <v>522</v>
       </c>
       <c r="C248" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>15</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>523</v>
       </c>
       <c r="B249" t="s">
         <v>524</v>
       </c>
       <c r="C249" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>15</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>525</v>
       </c>
       <c r="B250" t="s">
         <v>526</v>
       </c>
       <c r="C250" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>15</v>
       </c>
       <c r="F250" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G250" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>527</v>
       </c>
       <c r="B251" t="s">
         <v>528</v>
       </c>
       <c r="C251" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>15</v>
       </c>
       <c r="F251" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>529</v>
       </c>
       <c r="B252" t="s">
         <v>530</v>
       </c>
       <c r="C252" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>15</v>
       </c>
       <c r="F252" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>531</v>
       </c>
       <c r="B253" t="s">
         <v>532</v>
       </c>
       <c r="C253" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>15</v>
       </c>
       <c r="F253" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G253" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>533</v>
       </c>
       <c r="B254" t="s">
         <v>534</v>
       </c>
       <c r="C254" t="s">
-        <v>504</v>
+        <v>56</v>
       </c>
       <c r="D254" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E254" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>535</v>
       </c>
       <c r="B255" t="s">
         <v>536</v>
       </c>
       <c r="C255" t="s">
         <v>56</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>537</v>
       </c>
       <c r="B256" t="s">
         <v>538</v>
       </c>
       <c r="C256" t="s">
         <v>56</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>539</v>
       </c>
       <c r="B257" t="s">
         <v>540</v>
       </c>
       <c r="C257" t="s">
         <v>56</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>15</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>541</v>
       </c>
       <c r="B258" t="s">
         <v>542</v>
       </c>
       <c r="C258" t="s">
         <v>56</v>
       </c>
       <c r="D258" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E258" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>543</v>
       </c>
       <c r="B259" t="s">
         <v>544</v>
       </c>
       <c r="C259" t="s">
         <v>56</v>
       </c>
       <c r="D259" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E259" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>545</v>
       </c>
       <c r="B260" t="s">
         <v>546</v>
       </c>
       <c r="C260" t="s">
         <v>56</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>25</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>547</v>
       </c>
       <c r="B261" t="s">
         <v>548</v>
       </c>
       <c r="C261" t="s">
         <v>56</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>549</v>
       </c>
       <c r="B262" t="s">
         <v>550</v>
       </c>
       <c r="C262" t="s">
         <v>56</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>15</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>551</v>
       </c>
       <c r="B263" t="s">
         <v>552</v>
       </c>
       <c r="C263" t="s">
         <v>56</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>553</v>
       </c>
       <c r="B264" t="s">
         <v>554</v>
       </c>
       <c r="C264" t="s">
         <v>56</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>555</v>
       </c>
       <c r="B265" t="s">
         <v>556</v>
       </c>
       <c r="C265" t="s">
         <v>56</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F265" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G265" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>557</v>
       </c>
       <c r="B266" t="s">
         <v>558</v>
       </c>
       <c r="C266" t="s">
         <v>56</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>15</v>
       </c>
       <c r="F266" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>559</v>
       </c>
       <c r="B267" t="s">
         <v>560</v>
       </c>
       <c r="C267" t="s">
         <v>56</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>15</v>
       </c>
       <c r="F267" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>561</v>
       </c>
       <c r="B268" t="s">
         <v>562</v>
       </c>
       <c r="C268" t="s">
         <v>56</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>15</v>
       </c>
       <c r="F268" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>563</v>
       </c>
       <c r="B269" t="s">
         <v>564</v>
       </c>
       <c r="C269" t="s">
         <v>56</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>15</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>565</v>
       </c>
       <c r="B270" t="s">
         <v>566</v>
       </c>
       <c r="C270" t="s">
         <v>56</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>15</v>
       </c>
       <c r="F270" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>567</v>
       </c>
       <c r="B271" t="s">
         <v>568</v>
       </c>
       <c r="C271" t="s">
         <v>56</v>
       </c>
       <c r="D271" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E271" t="s">
         <v>15</v>
       </c>
       <c r="F271" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>569</v>
       </c>
       <c r="B272" t="s">
         <v>570</v>
       </c>
       <c r="C272" t="s">
         <v>56</v>
       </c>
       <c r="D272" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>15</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>571</v>
       </c>
       <c r="B273" t="s">
         <v>572</v>
       </c>
       <c r="C273" t="s">
         <v>56</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
@@ -10291,51 +10291,51 @@
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>577</v>
       </c>
       <c r="B276" t="s">
         <v>578</v>
       </c>
       <c r="C276" t="s">
         <v>56</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>15</v>
       </c>
       <c r="F276" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>579</v>
       </c>
       <c r="B277" t="s">
         <v>580</v>
       </c>
       <c r="C277" t="s">
         <v>56</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>15</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
@@ -10360,534 +10360,534 @@
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>583</v>
       </c>
       <c r="B279" t="s">
         <v>584</v>
       </c>
       <c r="C279" t="s">
         <v>56</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>15</v>
       </c>
       <c r="F279" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>585</v>
       </c>
       <c r="B280" t="s">
         <v>586</v>
       </c>
       <c r="C280" t="s">
         <v>56</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>15</v>
       </c>
       <c r="F280" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G280" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>587</v>
       </c>
       <c r="B281" t="s">
         <v>588</v>
       </c>
       <c r="C281" t="s">
         <v>56</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F281" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G281" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>589</v>
       </c>
       <c r="B282" t="s">
         <v>590</v>
       </c>
       <c r="C282" t="s">
         <v>56</v>
       </c>
       <c r="D282" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E282" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>591</v>
       </c>
       <c r="B283" t="s">
         <v>592</v>
       </c>
       <c r="C283" t="s">
         <v>56</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>15</v>
       </c>
       <c r="F283" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G283" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>593</v>
       </c>
       <c r="B284" t="s">
         <v>594</v>
       </c>
       <c r="C284" t="s">
         <v>56</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>20</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>595</v>
       </c>
       <c r="B285" t="s">
         <v>596</v>
       </c>
       <c r="C285" t="s">
         <v>56</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>15</v>
       </c>
       <c r="F285" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>597</v>
       </c>
       <c r="B286" t="s">
         <v>598</v>
       </c>
       <c r="C286" t="s">
         <v>56</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>15</v>
       </c>
       <c r="F286" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>599</v>
       </c>
       <c r="B287" t="s">
         <v>600</v>
       </c>
       <c r="C287" t="s">
         <v>56</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>15</v>
       </c>
       <c r="F287" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>601</v>
       </c>
       <c r="B288" t="s">
         <v>602</v>
       </c>
       <c r="C288" t="s">
         <v>56</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>15</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>603</v>
       </c>
       <c r="B289" t="s">
         <v>604</v>
       </c>
       <c r="C289" t="s">
         <v>56</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>15</v>
       </c>
       <c r="F289" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G289" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>605</v>
       </c>
       <c r="B290" t="s">
         <v>606</v>
       </c>
       <c r="C290" t="s">
         <v>56</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>15</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>607</v>
       </c>
       <c r="B291" t="s">
         <v>608</v>
       </c>
       <c r="C291" t="s">
         <v>56</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>15</v>
       </c>
       <c r="F291" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>609</v>
       </c>
       <c r="B292" t="s">
         <v>610</v>
       </c>
       <c r="C292" t="s">
         <v>56</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>15</v>
       </c>
       <c r="F292" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G292" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>611</v>
       </c>
       <c r="B293" t="s">
         <v>612</v>
       </c>
       <c r="C293" t="s">
         <v>56</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>15</v>
       </c>
       <c r="F293" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>613</v>
       </c>
       <c r="B294" t="s">
         <v>614</v>
       </c>
       <c r="C294" t="s">
         <v>56</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>15</v>
       </c>
       <c r="F294" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>615</v>
       </c>
       <c r="B295" t="s">
         <v>616</v>
       </c>
       <c r="C295" t="s">
         <v>56</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>15</v>
       </c>
       <c r="F295" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G295" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>617</v>
       </c>
       <c r="B296" t="s">
         <v>618</v>
       </c>
       <c r="C296" t="s">
         <v>56</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F296" t="s">
         <v>20</v>
       </c>
       <c r="G296" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>619</v>
       </c>
       <c r="B297" t="s">
         <v>620</v>
       </c>
       <c r="C297" t="s">
         <v>56</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F297" t="s">
         <v>20</v>
       </c>
       <c r="G297" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>621</v>
       </c>
       <c r="B298" t="s">
         <v>622</v>
       </c>
       <c r="C298" t="s">
         <v>56</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>15</v>
       </c>
       <c r="F298" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G298" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>623</v>
       </c>
       <c r="B299" t="s">
         <v>624</v>
       </c>
       <c r="C299" t="s">
         <v>56</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>15</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>625</v>
       </c>
       <c r="B300" t="s">
         <v>626</v>
       </c>
       <c r="C300" t="s">
         <v>56</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>15</v>
       </c>
       <c r="F300" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G300" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>627</v>
       </c>
       <c r="B301" t="s">
         <v>628</v>
       </c>
       <c r="C301" t="s">
         <v>56</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>15</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
@@ -10912,1112 +10912,1112 @@
       </c>
       <c r="F302" t="s">
         <v>16</v>
       </c>
       <c r="G302" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>631</v>
       </c>
       <c r="B303" t="s">
         <v>632</v>
       </c>
       <c r="C303" t="s">
         <v>56</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>15</v>
       </c>
       <c r="F303" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G303" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>633</v>
       </c>
       <c r="B304" t="s">
         <v>634</v>
       </c>
       <c r="C304" t="s">
         <v>56</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>15</v>
       </c>
       <c r="F304" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G304" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>635</v>
       </c>
       <c r="B305" t="s">
         <v>636</v>
       </c>
       <c r="C305" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
       <c r="D305" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E305" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>637</v>
       </c>
       <c r="B306" t="s">
         <v>638</v>
       </c>
       <c r="C306" t="s">
         <v>141</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="E306" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>639</v>
       </c>
       <c r="B307" t="s">
         <v>640</v>
       </c>
       <c r="C307" t="s">
         <v>141</v>
       </c>
       <c r="D307" t="s">
         <v>17</v>
       </c>
       <c r="E307" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>641</v>
       </c>
       <c r="B308" t="s">
         <v>642</v>
       </c>
       <c r="C308" t="s">
         <v>141</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
       <c r="E308" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>643</v>
       </c>
       <c r="B309" t="s">
         <v>644</v>
       </c>
       <c r="C309" t="s">
         <v>141</v>
       </c>
       <c r="D309" t="s">
         <v>17</v>
       </c>
       <c r="E309" t="s">
         <v>101</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>645</v>
       </c>
       <c r="B310" t="s">
         <v>646</v>
       </c>
       <c r="C310" t="s">
         <v>141</v>
       </c>
       <c r="D310" t="s">
         <v>17</v>
       </c>
       <c r="E310" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F310" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G310" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>647</v>
       </c>
       <c r="B311" t="s">
         <v>648</v>
       </c>
       <c r="C311" t="s">
         <v>141</v>
       </c>
       <c r="D311" t="s">
         <v>17</v>
       </c>
       <c r="E311" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F311" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G311" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>649</v>
       </c>
       <c r="B312" t="s">
         <v>650</v>
       </c>
       <c r="C312" t="s">
         <v>141</v>
       </c>
       <c r="D312" t="s">
         <v>17</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>651</v>
       </c>
       <c r="B313" t="s">
         <v>652</v>
       </c>
       <c r="C313" t="s">
         <v>141</v>
       </c>
       <c r="D313" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E313" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>653</v>
       </c>
       <c r="B314" t="s">
         <v>654</v>
       </c>
       <c r="C314" t="s">
         <v>141</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F314" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G314" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>655</v>
       </c>
       <c r="B315" t="s">
         <v>656</v>
       </c>
       <c r="C315" t="s">
         <v>141</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>15</v>
       </c>
       <c r="F315" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G315" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>657</v>
       </c>
       <c r="B316" t="s">
         <v>658</v>
       </c>
       <c r="C316" t="s">
         <v>141</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>15</v>
       </c>
       <c r="F316" t="s">
         <v>20</v>
       </c>
       <c r="G316" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>659</v>
       </c>
       <c r="B317" t="s">
         <v>660</v>
       </c>
       <c r="C317" t="s">
         <v>141</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>15</v>
       </c>
       <c r="F317" t="s">
         <v>20</v>
       </c>
       <c r="G317" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>661</v>
       </c>
       <c r="B318" t="s">
         <v>662</v>
       </c>
       <c r="C318" t="s">
         <v>141</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>15</v>
       </c>
       <c r="F318" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G318" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>663</v>
       </c>
       <c r="B319" t="s">
         <v>664</v>
       </c>
       <c r="C319" t="s">
         <v>141</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>15</v>
       </c>
       <c r="F319" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G319" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>665</v>
       </c>
       <c r="B320" t="s">
         <v>666</v>
       </c>
       <c r="C320" t="s">
         <v>141</v>
       </c>
       <c r="D320" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E320" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F320" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G320" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>667</v>
       </c>
       <c r="B321" t="s">
         <v>668</v>
       </c>
       <c r="C321" t="s">
         <v>141</v>
       </c>
       <c r="D321" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E321" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F321" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G321" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>669</v>
       </c>
       <c r="B322" t="s">
         <v>670</v>
       </c>
       <c r="C322" t="s">
         <v>141</v>
       </c>
       <c r="D322" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E322" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F322" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G322" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>671</v>
       </c>
       <c r="B323" t="s">
         <v>672</v>
       </c>
       <c r="C323" t="s">
         <v>141</v>
       </c>
       <c r="D323" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E323" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F323" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G323" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>673</v>
       </c>
       <c r="B324" t="s">
         <v>674</v>
       </c>
       <c r="C324" t="s">
         <v>141</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>15</v>
       </c>
       <c r="F324" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G324" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>675</v>
       </c>
       <c r="B325" t="s">
         <v>676</v>
       </c>
       <c r="C325" t="s">
         <v>141</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>15</v>
       </c>
       <c r="F325" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G325" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>677</v>
       </c>
       <c r="B326" t="s">
         <v>678</v>
       </c>
       <c r="C326" t="s">
         <v>141</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>15</v>
       </c>
       <c r="F326" t="s">
         <v>20</v>
       </c>
       <c r="G326" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>679</v>
       </c>
       <c r="B327" t="s">
         <v>680</v>
       </c>
       <c r="C327" t="s">
         <v>141</v>
       </c>
       <c r="D327" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E327" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F327" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G327" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>681</v>
       </c>
       <c r="B328" t="s">
         <v>682</v>
       </c>
       <c r="C328" t="s">
         <v>141</v>
       </c>
       <c r="D328" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E328" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F328" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G328" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>683</v>
       </c>
       <c r="B329" t="s">
         <v>684</v>
       </c>
       <c r="C329" t="s">
         <v>141</v>
       </c>
       <c r="D329" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E329" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F329" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G329" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>685</v>
       </c>
       <c r="B330" t="s">
         <v>686</v>
       </c>
       <c r="C330" t="s">
         <v>141</v>
       </c>
       <c r="D330" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E330" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>687</v>
       </c>
       <c r="B331" t="s">
         <v>688</v>
       </c>
       <c r="C331" t="s">
         <v>141</v>
       </c>
       <c r="D331" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E331" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F331" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G331" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>689</v>
       </c>
       <c r="B332" t="s">
         <v>690</v>
       </c>
       <c r="C332" t="s">
-        <v>141</v>
+        <v>691</v>
       </c>
       <c r="D332" t="s">
         <v>17</v>
       </c>
       <c r="E332" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F332" t="s">
         <v>20</v>
       </c>
       <c r="G332" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B333" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C333" t="s">
-        <v>693</v>
+        <v>141</v>
       </c>
       <c r="D333" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>15</v>
       </c>
       <c r="F333" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G333" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>694</v>
       </c>
       <c r="B334" t="s">
         <v>695</v>
       </c>
       <c r="C334" t="s">
         <v>141</v>
       </c>
       <c r="D334" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E334" t="s">
         <v>15</v>
       </c>
       <c r="F334" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G334" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>696</v>
       </c>
       <c r="B335" t="s">
         <v>697</v>
       </c>
       <c r="C335" t="s">
         <v>141</v>
       </c>
       <c r="D335" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>15</v>
       </c>
       <c r="F335" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G335" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>698</v>
       </c>
       <c r="B336" t="s">
         <v>699</v>
       </c>
       <c r="C336" t="s">
         <v>141</v>
       </c>
       <c r="D336" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E336" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>700</v>
       </c>
       <c r="B337" t="s">
         <v>701</v>
       </c>
       <c r="C337" t="s">
         <v>141</v>
       </c>
       <c r="D337" t="s">
         <v>17</v>
       </c>
       <c r="E337" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F337" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G337" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>702</v>
       </c>
       <c r="B338" t="s">
         <v>703</v>
       </c>
       <c r="C338" t="s">
         <v>141</v>
       </c>
       <c r="D338" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>15</v>
       </c>
       <c r="F338" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G338" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>704</v>
       </c>
       <c r="B339" t="s">
         <v>705</v>
       </c>
       <c r="C339" t="s">
         <v>141</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>15</v>
       </c>
       <c r="F339" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G339" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>706</v>
       </c>
       <c r="B340" t="s">
         <v>707</v>
       </c>
       <c r="C340" t="s">
         <v>141</v>
       </c>
       <c r="D340" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E340" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F340" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G340" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>708</v>
       </c>
       <c r="B341" t="s">
         <v>709</v>
       </c>
       <c r="C341" t="s">
         <v>141</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E341" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F341" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G341" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>710</v>
       </c>
       <c r="B342" t="s">
         <v>711</v>
       </c>
       <c r="C342" t="s">
         <v>141</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>15</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>712</v>
       </c>
       <c r="B343" t="s">
         <v>713</v>
       </c>
       <c r="C343" t="s">
         <v>141</v>
       </c>
       <c r="D343" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E343" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F343" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G343" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>714</v>
       </c>
       <c r="B344" t="s">
         <v>715</v>
       </c>
       <c r="C344" t="s">
         <v>141</v>
       </c>
       <c r="D344" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E344" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>716</v>
       </c>
       <c r="B345" t="s">
         <v>717</v>
       </c>
       <c r="C345" t="s">
         <v>141</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>25</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>718</v>
       </c>
       <c r="B346" t="s">
         <v>719</v>
       </c>
       <c r="C346" t="s">
         <v>141</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>720</v>
       </c>
       <c r="B347" t="s">
         <v>721</v>
       </c>
       <c r="C347" t="s">
         <v>141</v>
       </c>
       <c r="D347" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E347" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F347" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G347" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>722</v>
       </c>
       <c r="B348" t="s">
         <v>723</v>
       </c>
       <c r="C348" t="s">
         <v>141</v>
       </c>
       <c r="D348" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E348" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F348" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G348" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>724</v>
       </c>
       <c r="B349" t="s">
         <v>725</v>
       </c>
       <c r="C349" t="s">
         <v>141</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F349" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G349" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
         <v>726</v>
       </c>
       <c r="B350" t="s">
         <v>727</v>
       </c>
       <c r="C350" t="s">
         <v>141</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>15</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350" t="s">
         <v>17</v>
       </c>
     </row>
@@ -12036,5252 +12036,5252 @@
       </c>
       <c r="E351" t="s">
         <v>15</v>
       </c>
       <c r="F351" t="s">
         <v>16</v>
       </c>
       <c r="G351" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>730</v>
       </c>
       <c r="B352" t="s">
         <v>731</v>
       </c>
       <c r="C352" t="s">
         <v>141</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F352" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G352" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>732</v>
       </c>
       <c r="B353" t="s">
         <v>733</v>
       </c>
       <c r="C353" t="s">
         <v>141</v>
       </c>
       <c r="D353" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E353" t="s">
         <v>25</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>734</v>
       </c>
       <c r="B354" t="s">
         <v>735</v>
       </c>
       <c r="C354" t="s">
         <v>141</v>
       </c>
       <c r="D354" t="s">
         <v>17</v>
       </c>
       <c r="E354" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>736</v>
       </c>
       <c r="B355" t="s">
         <v>737</v>
       </c>
       <c r="C355" t="s">
         <v>141</v>
       </c>
       <c r="D355" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E355" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F355" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G355" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>738</v>
       </c>
       <c r="B356" t="s">
         <v>739</v>
       </c>
       <c r="C356" t="s">
         <v>141</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>15</v>
       </c>
       <c r="F356" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G356" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>740</v>
       </c>
       <c r="B357" t="s">
         <v>741</v>
       </c>
       <c r="C357" t="s">
         <v>141</v>
       </c>
       <c r="D357" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E357" t="s">
         <v>15</v>
       </c>
       <c r="F357" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G357" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>742</v>
       </c>
       <c r="B358" t="s">
         <v>743</v>
       </c>
       <c r="C358" t="s">
         <v>141</v>
       </c>
       <c r="D358" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>15</v>
       </c>
       <c r="F358" t="s">
         <v>20</v>
       </c>
       <c r="G358" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>744</v>
       </c>
       <c r="B359" t="s">
         <v>745</v>
       </c>
       <c r="C359" t="s">
         <v>141</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F359" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G359" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>746</v>
       </c>
       <c r="B360" t="s">
         <v>747</v>
       </c>
       <c r="C360" t="s">
-        <v>141</v>
+        <v>748</v>
       </c>
       <c r="D360" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E360" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
+        <v>749</v>
+      </c>
+      <c r="B361" t="s">
+        <v>750</v>
+      </c>
+      <c r="C361" t="s">
         <v>748</v>
       </c>
-      <c r="B361" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D361" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E361" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F361" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G361" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>751</v>
       </c>
       <c r="B362" t="s">
         <v>752</v>
       </c>
       <c r="C362" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>15</v>
       </c>
       <c r="F362" t="s">
         <v>20</v>
       </c>
       <c r="G362" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>753</v>
       </c>
       <c r="B363" t="s">
         <v>754</v>
       </c>
       <c r="C363" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>15</v>
       </c>
       <c r="F363" t="s">
         <v>20</v>
       </c>
       <c r="G363" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>755</v>
       </c>
       <c r="B364" t="s">
         <v>756</v>
       </c>
       <c r="C364" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>15</v>
       </c>
       <c r="F364" t="s">
         <v>20</v>
       </c>
       <c r="G364" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>757</v>
       </c>
       <c r="B365" t="s">
         <v>758</v>
       </c>
       <c r="C365" t="s">
-        <v>750</v>
+        <v>691</v>
       </c>
       <c r="D365" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E365" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F365" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G365" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>759</v>
       </c>
       <c r="B366" t="s">
         <v>760</v>
       </c>
       <c r="C366" t="s">
-        <v>693</v>
+        <v>748</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E366" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F366" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G366" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>761</v>
       </c>
       <c r="B367" t="s">
         <v>762</v>
       </c>
       <c r="C367" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>15</v>
       </c>
       <c r="F367" t="s">
         <v>20</v>
       </c>
       <c r="G367" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>763</v>
       </c>
       <c r="B368" t="s">
         <v>764</v>
       </c>
       <c r="C368" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>15</v>
       </c>
       <c r="F368" t="s">
         <v>20</v>
       </c>
       <c r="G368" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>765</v>
       </c>
       <c r="B369" t="s">
         <v>766</v>
       </c>
       <c r="C369" t="s">
-        <v>750</v>
+        <v>445</v>
       </c>
       <c r="D369" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E369" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F369" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G369" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>767</v>
       </c>
       <c r="B370" t="s">
         <v>768</v>
       </c>
       <c r="C370" t="s">
-        <v>445</v>
+        <v>748</v>
       </c>
       <c r="D370" t="s">
         <v>17</v>
       </c>
       <c r="E370" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F370" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G370" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
         <v>769</v>
       </c>
       <c r="B371" t="s">
         <v>770</v>
       </c>
       <c r="C371" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D371" t="s">
         <v>17</v>
       </c>
       <c r="E371" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F371" t="s">
         <v>20</v>
       </c>
       <c r="G371" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>771</v>
       </c>
       <c r="B372" t="s">
         <v>772</v>
       </c>
       <c r="C372" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E372" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F372" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G372" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>773</v>
       </c>
       <c r="B373" t="s">
         <v>774</v>
       </c>
       <c r="C373" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D373" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E373" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F373" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G373" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>775</v>
       </c>
       <c r="B374" t="s">
         <v>776</v>
       </c>
       <c r="C374" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D374" t="s">
         <v>17</v>
       </c>
       <c r="E374" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F374" t="s">
         <v>20</v>
       </c>
       <c r="G374" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>777</v>
       </c>
       <c r="B375" t="s">
         <v>778</v>
       </c>
       <c r="C375" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D375" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E375" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F375" t="s">
         <v>20</v>
       </c>
       <c r="G375" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>779</v>
       </c>
       <c r="B376" t="s">
         <v>780</v>
       </c>
       <c r="C376" t="s">
-        <v>750</v>
+        <v>691</v>
       </c>
       <c r="D376" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E376" t="s">
         <v>15</v>
       </c>
       <c r="F376" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G376" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>781</v>
       </c>
       <c r="B377" t="s">
         <v>782</v>
       </c>
       <c r="C377" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D377" t="s">
         <v>17</v>
       </c>
       <c r="E377" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>783</v>
       </c>
       <c r="B378" t="s">
         <v>784</v>
       </c>
       <c r="C378" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D378" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E378" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>785</v>
       </c>
       <c r="B379" t="s">
         <v>786</v>
       </c>
       <c r="C379" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D379" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E379" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>787</v>
       </c>
       <c r="B380" t="s">
         <v>788</v>
       </c>
       <c r="C380" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D380" t="s">
         <v>17</v>
       </c>
       <c r="E380" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="F380" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G380" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>789</v>
       </c>
       <c r="B381" t="s">
         <v>790</v>
       </c>
       <c r="C381" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D381" t="s">
         <v>17</v>
       </c>
       <c r="E381" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F381" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G381" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>791</v>
       </c>
       <c r="B382" t="s">
         <v>792</v>
       </c>
       <c r="C382" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D382" t="s">
         <v>17</v>
       </c>
       <c r="E382" t="s">
         <v>25</v>
       </c>
       <c r="F382" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G382" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>793</v>
       </c>
       <c r="B383" t="s">
         <v>794</v>
       </c>
       <c r="C383" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D383" t="s">
         <v>17</v>
       </c>
       <c r="E383" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F383" t="s">
         <v>20</v>
       </c>
       <c r="G383" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>795</v>
       </c>
       <c r="B384" t="s">
         <v>796</v>
       </c>
       <c r="C384" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D384" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>148</v>
       </c>
       <c r="F384" t="s">
         <v>20</v>
       </c>
       <c r="G384" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
         <v>797</v>
       </c>
       <c r="B385" t="s">
         <v>798</v>
       </c>
       <c r="C385" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>148</v>
       </c>
       <c r="F385" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G385" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>799</v>
       </c>
       <c r="B386" t="s">
         <v>800</v>
       </c>
       <c r="C386" t="s">
-        <v>693</v>
+        <v>92</v>
       </c>
       <c r="D386" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E386" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
         <v>801</v>
       </c>
       <c r="B387" t="s">
         <v>802</v>
       </c>
       <c r="C387" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E387" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F387" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G387" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>803</v>
       </c>
       <c r="B388" t="s">
         <v>804</v>
       </c>
       <c r="C388" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>15</v>
       </c>
       <c r="F388" t="s">
         <v>20</v>
       </c>
       <c r="G388" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>805</v>
       </c>
       <c r="B389" t="s">
         <v>806</v>
       </c>
       <c r="C389" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>15</v>
       </c>
       <c r="F389" t="s">
         <v>20</v>
       </c>
       <c r="G389" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>807</v>
       </c>
       <c r="B390" t="s">
         <v>808</v>
       </c>
       <c r="C390" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F390" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G390" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>809</v>
       </c>
       <c r="B391" t="s">
         <v>810</v>
       </c>
       <c r="C391" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F391" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G391" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>811</v>
       </c>
       <c r="B392" t="s">
         <v>812</v>
       </c>
       <c r="C392" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F392" t="s">
         <v>20</v>
       </c>
       <c r="G392" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>813</v>
       </c>
       <c r="B393" t="s">
         <v>814</v>
       </c>
       <c r="C393" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F393" t="s">
         <v>20</v>
       </c>
       <c r="G393" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
         <v>815</v>
       </c>
       <c r="B394" t="s">
         <v>816</v>
       </c>
       <c r="C394" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D394" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E394" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F394" t="s">
         <v>20</v>
       </c>
       <c r="G394" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
         <v>817</v>
       </c>
       <c r="B395" t="s">
         <v>818</v>
       </c>
       <c r="C395" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E395" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F395" t="s">
         <v>20</v>
       </c>
       <c r="G395" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
         <v>819</v>
       </c>
       <c r="B396" t="s">
         <v>820</v>
       </c>
       <c r="C396" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D396" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E396" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F396" t="s">
         <v>20</v>
       </c>
       <c r="G396" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>821</v>
       </c>
       <c r="B397" t="s">
         <v>822</v>
       </c>
       <c r="C397" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D397" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>148</v>
       </c>
       <c r="F397" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G397" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>823</v>
       </c>
       <c r="B398" t="s">
         <v>824</v>
       </c>
       <c r="C398" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>148</v>
       </c>
       <c r="F398" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G398" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>825</v>
       </c>
       <c r="B399" t="s">
         <v>826</v>
       </c>
       <c r="C399" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D399" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E399" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F399" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G399" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
         <v>827</v>
       </c>
       <c r="B400" t="s">
         <v>828</v>
       </c>
       <c r="C400" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D400" t="s">
         <v>17</v>
       </c>
       <c r="E400" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
         <v>829</v>
       </c>
       <c r="B401" t="s">
         <v>830</v>
       </c>
       <c r="C401" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D401" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E401" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F401" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G401" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
         <v>831</v>
       </c>
       <c r="B402" t="s">
         <v>832</v>
       </c>
       <c r="C402" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F402" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G402" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
         <v>833</v>
       </c>
       <c r="B403" t="s">
         <v>834</v>
       </c>
       <c r="C403" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
         <v>835</v>
       </c>
       <c r="B404" t="s">
         <v>836</v>
       </c>
       <c r="C404" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
         <v>837</v>
       </c>
       <c r="B405" t="s">
         <v>838</v>
       </c>
       <c r="C405" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>148</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>839</v>
       </c>
       <c r="B406" t="s">
         <v>840</v>
       </c>
       <c r="C406" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>148</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>841</v>
       </c>
       <c r="B407" t="s">
         <v>842</v>
       </c>
       <c r="C407" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F407" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G407" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
         <v>843</v>
       </c>
       <c r="B408" t="s">
         <v>844</v>
       </c>
       <c r="C408" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F408" t="s">
         <v>20</v>
       </c>
       <c r="G408" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
         <v>845</v>
       </c>
       <c r="B409" t="s">
         <v>846</v>
       </c>
       <c r="C409" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>148</v>
       </c>
       <c r="F409" t="s">
         <v>20</v>
       </c>
       <c r="G409" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>847</v>
       </c>
       <c r="B410" t="s">
         <v>848</v>
       </c>
       <c r="C410" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>148</v>
       </c>
       <c r="F410" t="s">
         <v>20</v>
       </c>
       <c r="G410" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
         <v>849</v>
       </c>
       <c r="B411" t="s">
         <v>850</v>
       </c>
       <c r="C411" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>148</v>
       </c>
       <c r="F411" t="s">
         <v>20</v>
       </c>
       <c r="G411" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
         <v>851</v>
       </c>
       <c r="B412" t="s">
         <v>852</v>
       </c>
       <c r="C412" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>148</v>
       </c>
       <c r="F412" t="s">
         <v>20</v>
       </c>
       <c r="G412" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
         <v>853</v>
       </c>
       <c r="B413" t="s">
         <v>854</v>
       </c>
       <c r="C413" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F413" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G413" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
         <v>855</v>
       </c>
       <c r="B414" t="s">
         <v>856</v>
       </c>
       <c r="C414" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D414" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E414" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F414" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G414" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
         <v>857</v>
       </c>
       <c r="B415" t="s">
         <v>858</v>
       </c>
       <c r="C415" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>148</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>859</v>
       </c>
       <c r="B416" t="s">
         <v>860</v>
       </c>
       <c r="C416" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F416" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G416" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>861</v>
       </c>
       <c r="B417" t="s">
         <v>862</v>
       </c>
       <c r="C417" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F417" t="s">
         <v>20</v>
       </c>
       <c r="G417" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>863</v>
       </c>
       <c r="B418" t="s">
         <v>864</v>
       </c>
       <c r="C418" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F418" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G418" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>865</v>
       </c>
       <c r="B419" t="s">
         <v>866</v>
       </c>
       <c r="C419" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F419" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G419" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>867</v>
       </c>
       <c r="B420" t="s">
         <v>868</v>
       </c>
       <c r="C420" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F420" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G420" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>869</v>
       </c>
       <c r="B421" t="s">
         <v>870</v>
       </c>
       <c r="C421" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>15</v>
       </c>
       <c r="F421" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G421" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
         <v>871</v>
       </c>
       <c r="B422" t="s">
         <v>872</v>
       </c>
       <c r="C422" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D422" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E422" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F422" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G422" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
         <v>873</v>
       </c>
       <c r="B423" t="s">
         <v>874</v>
       </c>
       <c r="C423" t="s">
-        <v>693</v>
+        <v>92</v>
       </c>
       <c r="D423" t="s">
         <v>17</v>
       </c>
       <c r="E423" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F423" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G423" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
         <v>875</v>
       </c>
       <c r="B424" t="s">
         <v>876</v>
       </c>
       <c r="C424" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D424" t="s">
         <v>17</v>
       </c>
       <c r="E424" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F424" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G424" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
         <v>877</v>
       </c>
       <c r="B425" t="s">
         <v>878</v>
       </c>
       <c r="C425" t="s">
-        <v>445</v>
+        <v>691</v>
       </c>
       <c r="D425" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E425" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
         <v>879</v>
       </c>
       <c r="B426" t="s">
         <v>880</v>
       </c>
       <c r="C426" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D426" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E426" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
         <v>881</v>
       </c>
       <c r="B427" t="s">
         <v>882</v>
       </c>
       <c r="C427" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F427" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G427" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
         <v>883</v>
       </c>
       <c r="B428" t="s">
         <v>884</v>
       </c>
       <c r="C428" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F428" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G428" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
         <v>885</v>
       </c>
       <c r="B429" t="s">
         <v>886</v>
       </c>
       <c r="C429" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F429" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G429" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
         <v>887</v>
       </c>
       <c r="B430" t="s">
         <v>888</v>
       </c>
       <c r="C430" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F430" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G430" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
         <v>889</v>
       </c>
       <c r="B431" t="s">
         <v>890</v>
       </c>
       <c r="C431" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F431" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G431" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
         <v>891</v>
       </c>
       <c r="B432" t="s">
         <v>892</v>
       </c>
       <c r="C432" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>15</v>
       </c>
       <c r="F432" t="s">
         <v>16</v>
       </c>
       <c r="G432" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
         <v>893</v>
       </c>
       <c r="B433" t="s">
         <v>894</v>
       </c>
       <c r="C433" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>15</v>
       </c>
       <c r="F433" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G433" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
         <v>895</v>
       </c>
       <c r="B434" t="s">
         <v>896</v>
       </c>
       <c r="C434" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>15</v>
       </c>
       <c r="F434" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G434" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
         <v>897</v>
       </c>
       <c r="B435" t="s">
         <v>898</v>
       </c>
       <c r="C435" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>15</v>
       </c>
       <c r="F435" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G435" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
         <v>899</v>
       </c>
       <c r="B436" t="s">
         <v>900</v>
       </c>
       <c r="C436" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>15</v>
       </c>
       <c r="F436" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G436" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
         <v>901</v>
       </c>
       <c r="B437" t="s">
         <v>902</v>
       </c>
       <c r="C437" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F437" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G437" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
         <v>903</v>
       </c>
       <c r="B438" t="s">
         <v>904</v>
       </c>
       <c r="C438" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>15</v>
       </c>
       <c r="F438" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G438" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
         <v>905</v>
       </c>
       <c r="B439" t="s">
         <v>906</v>
       </c>
       <c r="C439" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
         <v>907</v>
       </c>
       <c r="B440" t="s">
         <v>908</v>
       </c>
       <c r="C440" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>15</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
         <v>909</v>
       </c>
       <c r="B441" t="s">
         <v>910</v>
       </c>
       <c r="C441" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
         <v>911</v>
       </c>
       <c r="B442" t="s">
         <v>912</v>
       </c>
       <c r="C442" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
         <v>913</v>
       </c>
       <c r="B443" t="s">
         <v>914</v>
       </c>
       <c r="C443" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F443" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G443" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
         <v>915</v>
       </c>
       <c r="B444" t="s">
         <v>916</v>
       </c>
       <c r="C444" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F444" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G444" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
         <v>917</v>
       </c>
       <c r="B445" t="s">
         <v>918</v>
       </c>
       <c r="C445" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>15</v>
       </c>
       <c r="F445" t="s">
         <v>20</v>
       </c>
       <c r="G445" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
         <v>919</v>
       </c>
       <c r="B446" t="s">
         <v>920</v>
       </c>
       <c r="C446" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D446" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E446" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F446" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G446" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
         <v>921</v>
       </c>
       <c r="B447" t="s">
         <v>922</v>
       </c>
       <c r="C447" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>15</v>
       </c>
       <c r="F447" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G447" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
         <v>923</v>
       </c>
       <c r="B448" t="s">
         <v>924</v>
       </c>
       <c r="C448" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D448" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E448" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F448" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G448" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
         <v>925</v>
       </c>
       <c r="B449" t="s">
         <v>926</v>
       </c>
       <c r="C449" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>15</v>
       </c>
       <c r="F449" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G449" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
         <v>927</v>
       </c>
       <c r="B450" t="s">
         <v>928</v>
       </c>
       <c r="C450" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="F450" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G450" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
         <v>929</v>
       </c>
       <c r="B451" t="s">
         <v>930</v>
       </c>
       <c r="C451" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>15</v>
       </c>
       <c r="F451" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G451" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
         <v>931</v>
       </c>
       <c r="B452" t="s">
         <v>932</v>
       </c>
       <c r="C452" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>15</v>
       </c>
       <c r="F452" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G452" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
         <v>933</v>
       </c>
       <c r="B453" t="s">
         <v>934</v>
       </c>
       <c r="C453" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>15</v>
       </c>
       <c r="F453" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G453" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
         <v>935</v>
       </c>
       <c r="B454" t="s">
         <v>936</v>
       </c>
       <c r="C454" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>15</v>
       </c>
       <c r="F454" t="s">
         <v>16</v>
       </c>
       <c r="G454" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
         <v>937</v>
       </c>
       <c r="B455" t="s">
         <v>938</v>
       </c>
       <c r="C455" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>15</v>
       </c>
       <c r="F455" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G455" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>939</v>
       </c>
       <c r="B456" t="s">
         <v>940</v>
       </c>
       <c r="C456" t="s">
-        <v>693</v>
+        <v>92</v>
       </c>
       <c r="D456" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E456" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>941</v>
       </c>
       <c r="B457" t="s">
         <v>942</v>
       </c>
       <c r="C457" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>15</v>
       </c>
       <c r="F457" t="s">
         <v>16</v>
       </c>
       <c r="G457" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>943</v>
       </c>
       <c r="B458" t="s">
         <v>944</v>
       </c>
       <c r="C458" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>15</v>
       </c>
       <c r="F458" t="s">
         <v>16</v>
       </c>
       <c r="G458" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
         <v>945</v>
       </c>
       <c r="B459" t="s">
         <v>946</v>
       </c>
       <c r="C459" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D459" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E459" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F459" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G459" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
         <v>947</v>
       </c>
       <c r="B460" t="s">
         <v>948</v>
       </c>
       <c r="C460" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>15</v>
       </c>
       <c r="F460" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G460" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
         <v>949</v>
       </c>
       <c r="B461" t="s">
         <v>950</v>
       </c>
       <c r="C461" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D461" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E461" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F461" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G461" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
         <v>951</v>
       </c>
       <c r="B462" t="s">
         <v>952</v>
       </c>
       <c r="C462" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>15</v>
       </c>
       <c r="F462" t="s">
         <v>20</v>
       </c>
       <c r="G462" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
         <v>953</v>
       </c>
       <c r="B463" t="s">
         <v>954</v>
       </c>
       <c r="C463" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F463" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G463" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
         <v>955</v>
       </c>
       <c r="B464" t="s">
         <v>956</v>
       </c>
       <c r="C464" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D464" t="s">
         <v>17</v>
       </c>
       <c r="E464" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F464" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G464" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
         <v>957</v>
       </c>
       <c r="B465" t="s">
         <v>958</v>
       </c>
       <c r="C465" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F465" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G465" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>959</v>
       </c>
       <c r="B466" t="s">
         <v>960</v>
       </c>
       <c r="C466" t="s">
-        <v>693</v>
+        <v>132</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
         <v>961</v>
       </c>
       <c r="B467" t="s">
         <v>962</v>
       </c>
       <c r="C467" t="s">
-        <v>693</v>
+        <v>132</v>
       </c>
       <c r="D467" t="s">
         <v>17</v>
       </c>
       <c r="E467" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F467" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G467" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
         <v>963</v>
       </c>
       <c r="B468" t="s">
         <v>964</v>
       </c>
       <c r="C468" t="s">
-        <v>693</v>
+        <v>132</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
         <v>965</v>
       </c>
       <c r="B469" t="s">
         <v>966</v>
       </c>
       <c r="C469" t="s">
         <v>132</v>
       </c>
       <c r="D469" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E469" t="s">
         <v>69</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
         <v>967</v>
       </c>
       <c r="B470" t="s">
         <v>968</v>
       </c>
       <c r="C470" t="s">
         <v>132</v>
       </c>
       <c r="D470" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E470" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F470" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G470" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
         <v>969</v>
       </c>
       <c r="B471" t="s">
         <v>970</v>
       </c>
       <c r="C471" t="s">
-        <v>132</v>
+        <v>691</v>
       </c>
       <c r="D471" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E471" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
         <v>971</v>
       </c>
       <c r="B472" t="s">
         <v>972</v>
       </c>
       <c r="C472" t="s">
         <v>132</v>
       </c>
       <c r="D472" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E472" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
         <v>973</v>
       </c>
       <c r="B473" t="s">
         <v>974</v>
       </c>
       <c r="C473" t="s">
         <v>132</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F473" t="s">
         <v>20</v>
       </c>
       <c r="G473" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>975</v>
       </c>
       <c r="B474" t="s">
         <v>976</v>
       </c>
       <c r="C474" t="s">
-        <v>693</v>
+        <v>132</v>
       </c>
       <c r="D474" t="s">
         <v>17</v>
       </c>
       <c r="E474" t="s">
-        <v>148</v>
+        <v>101</v>
       </c>
       <c r="F474" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G474" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
         <v>977</v>
       </c>
       <c r="B475" t="s">
         <v>978</v>
       </c>
       <c r="C475" t="s">
         <v>132</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>15</v>
       </c>
       <c r="F475" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G475" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
         <v>979</v>
       </c>
       <c r="B476" t="s">
         <v>980</v>
       </c>
       <c r="C476" t="s">
         <v>132</v>
       </c>
       <c r="D476" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E476" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F476" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G476" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
         <v>981</v>
       </c>
       <c r="B477" t="s">
         <v>982</v>
       </c>
       <c r="C477" t="s">
         <v>132</v>
       </c>
       <c r="D477" t="s">
         <v>17</v>
       </c>
       <c r="E477" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F477" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G477" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
         <v>983</v>
       </c>
       <c r="B478" t="s">
         <v>984</v>
       </c>
       <c r="C478" t="s">
-        <v>132</v>
+        <v>502</v>
       </c>
       <c r="D478" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E478" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F478" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G478" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
         <v>985</v>
       </c>
       <c r="B479" t="s">
         <v>986</v>
       </c>
       <c r="C479" t="s">
         <v>132</v>
       </c>
       <c r="D479" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E479" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F479" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G479" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>987</v>
       </c>
       <c r="B480" t="s">
         <v>988</v>
       </c>
       <c r="C480" t="s">
         <v>132</v>
       </c>
       <c r="D480" t="s">
         <v>17</v>
       </c>
       <c r="E480" t="s">
         <v>69</v>
       </c>
       <c r="F480" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G480" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>989</v>
       </c>
       <c r="B481" t="s">
         <v>990</v>
       </c>
       <c r="C481" t="s">
-        <v>504</v>
+        <v>132</v>
       </c>
       <c r="D481" t="s">
         <v>17</v>
       </c>
       <c r="E481" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>991</v>
       </c>
       <c r="B482" t="s">
         <v>992</v>
       </c>
       <c r="C482" t="s">
         <v>132</v>
       </c>
       <c r="D482" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E482" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F482" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G482" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>993</v>
       </c>
       <c r="B483" t="s">
         <v>994</v>
       </c>
       <c r="C483" t="s">
         <v>132</v>
       </c>
       <c r="D483" t="s">
         <v>17</v>
       </c>
       <c r="E483" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F483" t="s">
         <v>20</v>
       </c>
       <c r="G483" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>995</v>
       </c>
       <c r="B484" t="s">
         <v>996</v>
       </c>
       <c r="C484" t="s">
         <v>132</v>
       </c>
       <c r="D484" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E484" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F484" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G484" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>997</v>
       </c>
       <c r="B485" t="s">
         <v>998</v>
       </c>
       <c r="C485" t="s">
         <v>132</v>
       </c>
       <c r="D485" t="s">
         <v>17</v>
       </c>
       <c r="E485" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>999</v>
       </c>
       <c r="B486" t="s">
         <v>1000</v>
       </c>
       <c r="C486" t="s">
         <v>132</v>
       </c>
       <c r="D486" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E486" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="F486" t="s">
         <v>20</v>
       </c>
       <c r="G486" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
         <v>1001</v>
       </c>
       <c r="B487" t="s">
         <v>1002</v>
       </c>
       <c r="C487" t="s">
         <v>132</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>15</v>
       </c>
       <c r="F487" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G487" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
         <v>1003</v>
       </c>
       <c r="B488" t="s">
         <v>1004</v>
       </c>
       <c r="C488" t="s">
         <v>132</v>
       </c>
       <c r="D488" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E488" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F488" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G488" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
         <v>1005</v>
       </c>
       <c r="B489" t="s">
         <v>1006</v>
       </c>
       <c r="C489" t="s">
         <v>132</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F489" t="s">
         <v>20</v>
       </c>
       <c r="G489" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
         <v>1007</v>
       </c>
       <c r="B490" t="s">
         <v>1008</v>
       </c>
       <c r="C490" t="s">
         <v>132</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>15</v>
       </c>
       <c r="F490" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G490" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>1009</v>
       </c>
       <c r="B491" t="s">
         <v>1010</v>
       </c>
       <c r="C491" t="s">
         <v>132</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>15</v>
       </c>
       <c r="F491" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G491" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
         <v>1011</v>
       </c>
       <c r="B492" t="s">
         <v>1012</v>
       </c>
       <c r="C492" t="s">
         <v>132</v>
       </c>
       <c r="D492" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E492" t="s">
         <v>15</v>
       </c>
       <c r="F492" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G492" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>1013</v>
       </c>
       <c r="B493" t="s">
         <v>1014</v>
       </c>
       <c r="C493" t="s">
         <v>132</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>15</v>
       </c>
       <c r="F493" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G493" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>1015</v>
       </c>
       <c r="B494" t="s">
         <v>1016</v>
       </c>
       <c r="C494" t="s">
         <v>132</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>15</v>
       </c>
       <c r="F494" t="s">
         <v>16</v>
       </c>
       <c r="G494" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
         <v>1017</v>
       </c>
       <c r="B495" t="s">
         <v>1018</v>
       </c>
       <c r="C495" t="s">
         <v>132</v>
       </c>
       <c r="D495" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>15</v>
       </c>
       <c r="F495" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G495" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>1019</v>
       </c>
       <c r="B496" t="s">
         <v>1020</v>
       </c>
       <c r="C496" t="s">
         <v>132</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>15</v>
       </c>
       <c r="F496" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G496" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>1021</v>
       </c>
       <c r="B497" t="s">
         <v>1022</v>
       </c>
       <c r="C497" t="s">
         <v>132</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F497" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G497" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
         <v>1023</v>
       </c>
       <c r="B498" t="s">
         <v>1024</v>
       </c>
       <c r="C498" t="s">
         <v>132</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>15</v>
       </c>
       <c r="F498" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G498" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
         <v>1025</v>
       </c>
       <c r="B499" t="s">
         <v>1026</v>
       </c>
       <c r="C499" t="s">
         <v>132</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>15</v>
       </c>
       <c r="F499" t="s">
         <v>16</v>
       </c>
       <c r="G499" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
         <v>1027</v>
       </c>
       <c r="B500" t="s">
         <v>1028</v>
       </c>
       <c r="C500" t="s">
         <v>132</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F500" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G500" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>1029</v>
       </c>
       <c r="B501" t="s">
         <v>1030</v>
       </c>
       <c r="C501" t="s">
         <v>132</v>
       </c>
       <c r="D501" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E501" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F501" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G501" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>1031</v>
       </c>
       <c r="B502" t="s">
         <v>1032</v>
       </c>
       <c r="C502" t="s">
         <v>132</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>15</v>
       </c>
       <c r="F502" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G502" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>1033</v>
       </c>
       <c r="B503" t="s">
         <v>1034</v>
       </c>
       <c r="C503" t="s">
         <v>132</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>15</v>
       </c>
       <c r="F503" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G503" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
         <v>1035</v>
       </c>
       <c r="B504" t="s">
         <v>1036</v>
       </c>
       <c r="C504" t="s">
         <v>132</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>15</v>
       </c>
       <c r="F504" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G504" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>1037</v>
       </c>
       <c r="B505" t="s">
         <v>1038</v>
       </c>
       <c r="C505" t="s">
         <v>132</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>15</v>
       </c>
       <c r="F505" t="s">
         <v>16</v>
       </c>
       <c r="G505" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>1039</v>
       </c>
       <c r="B506" t="s">
         <v>1040</v>
       </c>
       <c r="C506" t="s">
         <v>132</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>15</v>
       </c>
       <c r="F506" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G506" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
         <v>1041</v>
       </c>
       <c r="B507" t="s">
         <v>1042</v>
       </c>
       <c r="C507" t="s">
         <v>132</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
         <v>1043</v>
       </c>
       <c r="B508" t="s">
         <v>1044</v>
       </c>
       <c r="C508" t="s">
         <v>132</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>15</v>
       </c>
       <c r="F508" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G508" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
         <v>1045</v>
       </c>
       <c r="B509" t="s">
         <v>1046</v>
       </c>
       <c r="C509" t="s">
         <v>132</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F509" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G509" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
         <v>1047</v>
       </c>
       <c r="B510" t="s">
         <v>1048</v>
       </c>
       <c r="C510" t="s">
         <v>132</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>15</v>
       </c>
       <c r="F510" t="s">
         <v>20</v>
       </c>
       <c r="G510" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
         <v>1049</v>
       </c>
       <c r="B511" t="s">
         <v>1050</v>
       </c>
       <c r="C511" t="s">
         <v>132</v>
       </c>
       <c r="D511" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E511" t="s">
         <v>25</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
         <v>1051</v>
       </c>
       <c r="B512" t="s">
         <v>1052</v>
       </c>
       <c r="C512" t="s">
         <v>132</v>
       </c>
       <c r="D512" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E512" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F512" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G512" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
         <v>1053</v>
       </c>
       <c r="B513" t="s">
         <v>1054</v>
       </c>
       <c r="C513" t="s">
-        <v>132</v>
+        <v>1055</v>
       </c>
       <c r="D513" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E513" t="s">
         <v>25</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C514" t="s">
         <v>1055</v>
       </c>
-      <c r="B514" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>15</v>
       </c>
       <c r="F514" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G514" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B515" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C515" t="s">
-        <v>132</v>
+        <v>1055</v>
       </c>
       <c r="D515" t="s">
         <v>17</v>
       </c>
       <c r="E515" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="B516" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C516" t="s">
-        <v>132</v>
+        <v>1055</v>
       </c>
       <c r="D516" t="s">
         <v>17</v>
       </c>
       <c r="E516" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B517" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C517" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="D517" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E517" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F517" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G517" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
         <v>1064</v>
       </c>
       <c r="B518" t="s">
         <v>1065</v>
       </c>
       <c r="C518" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="D518" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E518" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F518" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G518" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
         <v>1066</v>
       </c>
       <c r="B519" t="s">
         <v>1067</v>
       </c>
       <c r="C519" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="D519" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E519" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>1068</v>
       </c>
       <c r="B520" t="s">
         <v>1069</v>
       </c>
       <c r="C520" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="D520" t="s">
         <v>17</v>
       </c>
       <c r="E520" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
         <v>1070</v>
       </c>
       <c r="B521" t="s">
         <v>1071</v>
       </c>
       <c r="C521" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>15</v>
       </c>
       <c r="F521" t="s">
         <v>20</v>
       </c>
       <c r="G521" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>1072</v>
       </c>
       <c r="B522" t="s">
         <v>1073</v>
       </c>
       <c r="C522" t="s">
-        <v>1063</v>
+        <v>132</v>
       </c>
       <c r="D522" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E522" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F522" t="s">
         <v>20</v>
       </c>
       <c r="G522" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
         <v>1074</v>
       </c>
       <c r="B523" t="s">
         <v>1075</v>
       </c>
       <c r="C523" t="s">
-        <v>1063</v>
+        <v>691</v>
       </c>
       <c r="D523" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E523" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
         <v>1076</v>
       </c>
       <c r="B524" t="s">
         <v>1077</v>
       </c>
       <c r="C524" t="s">
-        <v>1063</v>
+        <v>132</v>
       </c>
       <c r="D524" t="s">
         <v>17</v>
       </c>
       <c r="E524" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>1078</v>
       </c>
       <c r="B525" t="s">
         <v>1079</v>
       </c>
       <c r="C525" t="s">
-        <v>1063</v>
+        <v>132</v>
       </c>
       <c r="D525" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E525" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F525" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G525" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>1080</v>
       </c>
       <c r="B526" t="s">
         <v>1081</v>
       </c>
       <c r="C526" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D526" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E526" t="s">
         <v>69</v>
       </c>
       <c r="F526" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G526" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
         <v>1082</v>
       </c>
       <c r="B527" t="s">
         <v>1083</v>
       </c>
       <c r="C527" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D527" t="s">
         <v>17</v>
       </c>
       <c r="E527" t="s">
         <v>15</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
         <v>1084</v>
       </c>
       <c r="B528" t="s">
         <v>1085</v>
       </c>
       <c r="C528" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D528" t="s">
         <v>17</v>
       </c>
       <c r="E528" t="s">
         <v>69</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
         <v>1086</v>
       </c>
       <c r="B529" t="s">
         <v>1087</v>
       </c>
       <c r="C529" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D529" t="s">
         <v>17</v>
       </c>
       <c r="E529" t="s">
         <v>69</v>
       </c>
       <c r="F529" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G529" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
         <v>1088</v>
       </c>
       <c r="B530" t="s">
         <v>1089</v>
       </c>
       <c r="C530" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D530" t="s">
         <v>17</v>
       </c>
       <c r="E530" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F530" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G530" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
         <v>1090</v>
       </c>
       <c r="B531" t="s">
         <v>1091</v>
       </c>
       <c r="C531" t="s">
-        <v>693</v>
+        <v>9</v>
       </c>
       <c r="D531" t="s">
         <v>17</v>
       </c>
       <c r="E531" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="F531" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G531" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
         <v>1092</v>
       </c>
       <c r="B532" t="s">
         <v>1093</v>
       </c>
       <c r="C532" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D532" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E532" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F532" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G532" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>1094</v>
       </c>
       <c r="B533" t="s">
         <v>1095</v>
       </c>
       <c r="C533" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="D533" t="s">
         <v>17</v>
       </c>
       <c r="E533" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F533" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G533" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
         <v>1096</v>
       </c>
       <c r="B534" t="s">
         <v>1097</v>
       </c>
       <c r="C534" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="D534" t="s">
         <v>17</v>
       </c>
       <c r="E534" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F534" t="s">
         <v>20</v>
       </c>
       <c r="G534" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>1098</v>
       </c>
       <c r="B535" t="s">
         <v>1099</v>
       </c>
       <c r="C535" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="D535" t="s">
         <v>17</v>
       </c>
       <c r="E535" t="s">
-        <v>227</v>
+        <v>101</v>
       </c>
       <c r="F535" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G535" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
         <v>1100</v>
       </c>
       <c r="B536" t="s">
         <v>1101</v>
       </c>
       <c r="C536" t="s">
-        <v>9</v>
+        <v>691</v>
       </c>
       <c r="D536" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E536" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="F536" t="s">
         <v>20</v>
       </c>
       <c r="G536" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
         <v>1102</v>
       </c>
       <c r="B537" t="s">
         <v>1103</v>
       </c>
       <c r="C537" t="s">
-        <v>9</v>
+        <v>691</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F537" t="s">
         <v>20</v>
       </c>
       <c r="G537" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
         <v>1104</v>
       </c>
       <c r="B538" t="s">
         <v>1105</v>
       </c>
       <c r="C538" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="D538" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E538" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F538" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G538" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
         <v>1106</v>
       </c>
       <c r="B539" t="s">
         <v>1107</v>
       </c>
       <c r="C539" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D539" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E539" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F539" t="s">
         <v>20</v>
       </c>
       <c r="G539" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
         <v>1108</v>
       </c>
       <c r="B540" t="s">
         <v>1109</v>
       </c>
       <c r="C540" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D540" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E540" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F540" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G540" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
         <v>1110</v>
       </c>
       <c r="B541" t="s">
         <v>1111</v>
       </c>
       <c r="C541" t="s">
-        <v>693</v>
+        <v>9</v>
       </c>
       <c r="D541" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E541" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F541" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G541" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
         <v>1112</v>
       </c>
       <c r="B542" t="s">
         <v>1113</v>
       </c>
       <c r="C542" t="s">
-        <v>693</v>
+        <v>92</v>
       </c>
       <c r="D542" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E542" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F542" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G542" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
         <v>1114</v>
       </c>
       <c r="B543" t="s">
         <v>1115</v>
       </c>
       <c r="C543" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="D543" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E543" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F543" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G543" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>1116</v>
       </c>
       <c r="B544" t="s">
         <v>1117</v>
       </c>
       <c r="C544" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D544" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E544" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="F544" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G544" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>1118</v>
       </c>
       <c r="B545" t="s">
         <v>1119</v>
       </c>
       <c r="C545" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D545" t="s">
         <v>10</v>
       </c>
       <c r="E545" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F545" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G545" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
         <v>1120</v>
       </c>
       <c r="B546" t="s">
         <v>1121</v>
       </c>
       <c r="C546" t="s">
         <v>9</v>
       </c>
       <c r="D546" t="s">
         <v>17</v>
       </c>
       <c r="E546" t="s">
         <v>69</v>
       </c>
       <c r="F546" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G546" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
         <v>1122</v>
       </c>
       <c r="B547" t="s">
         <v>1123</v>
       </c>
       <c r="C547" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="D547" t="s">
         <v>17</v>
       </c>
       <c r="E547" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
         <v>1124</v>
       </c>
       <c r="B548" t="s">
         <v>1125</v>
       </c>
       <c r="C548" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D548" t="s">
         <v>17</v>
       </c>
       <c r="E548" t="s">
         <v>69</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
         <v>1126</v>
       </c>
       <c r="B549" t="s">
         <v>1127</v>
       </c>
       <c r="C549" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D549" t="s">
         <v>17</v>
       </c>
       <c r="E549" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
         <v>1128</v>
       </c>
       <c r="B550" t="s">
         <v>1129</v>
       </c>
       <c r="C550" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D550" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E550" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
         <v>1130</v>
       </c>
       <c r="B551" t="s">
         <v>1131</v>
       </c>
       <c r="C551" t="s">
-        <v>693</v>
+        <v>9</v>
       </c>
       <c r="D551" t="s">
         <v>17</v>
       </c>
       <c r="E551" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
         <v>1132</v>
       </c>
       <c r="B552" t="s">
         <v>1133</v>
       </c>
       <c r="C552" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D552" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E552" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
         <v>1134</v>
       </c>
       <c r="B553" t="s">
         <v>1135</v>
       </c>
       <c r="C553" t="s">
         <v>9</v>
       </c>
       <c r="D553" t="s">
         <v>17</v>
       </c>
       <c r="E553" t="s">
         <v>69</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
         <v>1136</v>
       </c>
       <c r="B554" t="s">
         <v>1137</v>
       </c>
       <c r="C554" t="s">
-        <v>9</v>
+        <v>279</v>
       </c>
       <c r="D554" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E554" t="s">
         <v>69</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
         <v>1138</v>
       </c>
       <c r="B555" t="s">
         <v>1139</v>
       </c>
       <c r="C555" t="s">
-        <v>9</v>
+        <v>279</v>
       </c>
       <c r="D555" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E555" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F555" t="s">
         <v>12</v>
       </c>
       <c r="G555" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
         <v>1140</v>
       </c>
       <c r="B556" t="s">
         <v>1141</v>
       </c>
       <c r="C556" t="s">
-        <v>279</v>
+        <v>9</v>
       </c>
       <c r="D556" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E556" t="s">
         <v>69</v>
       </c>
       <c r="F556" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G556" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
         <v>1142</v>
       </c>
       <c r="B557" t="s">
         <v>1143</v>
       </c>
       <c r="C557" t="s">
-        <v>279</v>
+        <v>141</v>
       </c>
       <c r="D557" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E557" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="F557" t="s">
         <v>12</v>
       </c>
       <c r="G557" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
         <v>1144</v>
       </c>
       <c r="B558" t="s">
         <v>1145</v>
       </c>
       <c r="C558" t="s">
-        <v>9</v>
+        <v>445</v>
       </c>
       <c r="D558" t="s">
         <v>17</v>
       </c>
       <c r="E558" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F558" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G558" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
         <v>1146</v>
       </c>
       <c r="B559" t="s">
         <v>1147</v>
       </c>
       <c r="C559" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D559" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E559" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
         <v>1148</v>
       </c>
       <c r="B560" t="s">
         <v>1149</v>
       </c>
       <c r="C560" t="s">
-        <v>9</v>
+        <v>279</v>
       </c>
       <c r="D560" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E560" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
         <v>1150</v>
       </c>
       <c r="B561" t="s">
         <v>1151</v>
       </c>
       <c r="C561" t="s">
-        <v>279</v>
+        <v>92</v>
       </c>
       <c r="D561" t="s">
         <v>17</v>
       </c>
       <c r="E561" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
         <v>1152</v>
       </c>
       <c r="B562" t="s">
         <v>1153</v>
       </c>
       <c r="C562" t="s">
-        <v>92</v>
+        <v>691</v>
       </c>
       <c r="D562" t="s">
         <v>17</v>
       </c>
       <c r="E562" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
       <c r="G562" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
         <v>1154</v>
       </c>
       <c r="B563" t="s">
         <v>1155</v>
       </c>
       <c r="C563" t="s">
-        <v>693</v>
+        <v>141</v>
       </c>
       <c r="D563" t="s">
         <v>17</v>
       </c>
       <c r="E563" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
       <c r="G563" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
         <v>1156</v>
       </c>
       <c r="B564" t="s">
         <v>1157</v>
       </c>
       <c r="C564" t="s">
         <v>141</v>
       </c>
       <c r="D564" t="s">
         <v>17</v>
       </c>
       <c r="E564" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F564" t="s">
         <v>12</v>
       </c>
       <c r="G564" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
         <v>1158</v>
       </c>
       <c r="B565" t="s">
         <v>1159</v>
       </c>
       <c r="C565" t="s">
-        <v>141</v>
+        <v>748</v>
       </c>
       <c r="D565" t="s">
         <v>17</v>
       </c>
       <c r="E565" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F565" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G565" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
         <v>1160</v>
       </c>
       <c r="B566" t="s">
         <v>1161</v>
       </c>
       <c r="C566" t="s">
-        <v>750</v>
+        <v>141</v>
       </c>
       <c r="D566" t="s">
         <v>17</v>
       </c>
       <c r="E566" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F566" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G566" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
         <v>1162</v>
       </c>
       <c r="B567" t="s">
         <v>1163</v>
       </c>
       <c r="C567" t="s">
-        <v>141</v>
+        <v>691</v>
       </c>
       <c r="D567" t="s">
         <v>17</v>
       </c>
       <c r="E567" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F567" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G567" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>1164</v>
       </c>
       <c r="B568" t="s">
         <v>1165</v>
       </c>
       <c r="C568" t="s">
-        <v>693</v>
+        <v>279</v>
       </c>
       <c r="D568" t="s">
         <v>17</v>
       </c>
       <c r="E568" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F568" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G568" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
         <v>1166</v>
       </c>
       <c r="B569" t="s">
         <v>1167</v>
       </c>
       <c r="C569" t="s">
         <v>279</v>
       </c>
       <c r="D569" t="s">
         <v>17</v>
       </c>
       <c r="E569" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F569" t="s">
         <v>12</v>
       </c>
       <c r="G569" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
         <v>1168</v>
       </c>
       <c r="B570" t="s">
         <v>1169</v>
       </c>
       <c r="C570" t="s">
-        <v>279</v>
+        <v>141</v>
       </c>
       <c r="D570" t="s">
         <v>17</v>
       </c>
       <c r="E570" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F570" t="s">
         <v>12</v>
       </c>
       <c r="G570" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>1170</v>
       </c>
       <c r="B571" t="s">
         <v>1171</v>
       </c>
       <c r="C571" t="s">
-        <v>141</v>
+        <v>279</v>
       </c>
       <c r="D571" t="s">
         <v>17</v>
       </c>
       <c r="E571" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F571" t="s">
         <v>12</v>
       </c>
       <c r="G571" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
         <v>1172</v>
       </c>
       <c r="B572" t="s">
         <v>1173</v>
       </c>
       <c r="C572" t="s">
         <v>279</v>
       </c>
       <c r="D572" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E572" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F572" t="s">
         <v>12</v>
       </c>
       <c r="G572" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
         <v>1174</v>
       </c>
       <c r="B573" t="s">
         <v>1175</v>
       </c>
       <c r="C573" t="s">
-        <v>279</v>
+        <v>445</v>
       </c>
       <c r="D573" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E573" t="s">
         <v>25</v>
       </c>
       <c r="F573" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G573" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
         <v>1176</v>
       </c>
       <c r="B574" t="s">
         <v>1177</v>
       </c>
       <c r="C574" t="s">
-        <v>445</v>
+        <v>691</v>
       </c>
       <c r="D574" t="s">
         <v>17</v>
       </c>
       <c r="E574" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F574" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G574" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
         <v>1178</v>
       </c>
       <c r="B575" t="s">
         <v>1179</v>
       </c>
       <c r="C575" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D575" t="s">
         <v>17</v>
       </c>
       <c r="E575" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F575" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G575" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
         <v>1180</v>
       </c>
       <c r="B576" t="s">
         <v>1181</v>
       </c>
       <c r="C576" t="s">
-        <v>693</v>
+        <v>279</v>
       </c>
       <c r="D576" t="s">
         <v>17</v>
       </c>
       <c r="E576" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F576" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G576" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
         <v>1182</v>
       </c>
       <c r="B577" t="s">
         <v>1183</v>
       </c>
       <c r="C577" t="s">
-        <v>279</v>
+        <v>92</v>
       </c>
       <c r="D577" t="s">
         <v>17</v>
       </c>
       <c r="E577" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F577" t="s">
         <v>12</v>
       </c>
       <c r="G577" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
         <v>1184</v>
       </c>
       <c r="B578" t="s">
         <v>1185</v>
       </c>
       <c r="C578" t="s">
-        <v>92</v>
+        <v>445</v>
       </c>
       <c r="D578" t="s">
         <v>17</v>
       </c>
       <c r="E578" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F578" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G578" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
         <v>1186</v>
       </c>
       <c r="B579" t="s">
         <v>1187</v>
       </c>
       <c r="C579" t="s">
         <v>92</v>
       </c>
       <c r="D579" t="s">
         <v>17</v>
       </c>
       <c r="E579" t="s">
         <v>15</v>
       </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
       <c r="G579" t="s">
@@ -17297,51 +17297,51 @@
       </c>
       <c r="C580" t="s">
         <v>141</v>
       </c>
       <c r="D580" t="s">
         <v>17</v>
       </c>
       <c r="E580" t="s">
         <v>101</v>
       </c>
       <c r="F580" t="s">
         <v>20</v>
       </c>
       <c r="G580" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
         <v>1190</v>
       </c>
       <c r="B581" t="s">
         <v>1191</v>
       </c>
       <c r="C581" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D581" t="s">
         <v>17</v>
       </c>
       <c r="E581" t="s">
         <v>15</v>
       </c>
       <c r="F581" t="s">
         <v>20</v>
       </c>
       <c r="G581" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
         <v>1192</v>
       </c>
       <c r="B582" t="s">
         <v>1193</v>
       </c>
       <c r="C582" t="s">
         <v>141</v>
       </c>
       <c r="D582" t="s">