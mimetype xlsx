--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -860,2760 +860,2760 @@
   <si>
     <t>The Backway</t>
   </si>
   <si>
     <t>LB027</t>
   </si>
   <si>
     <t>Table Bay</t>
   </si>
   <si>
     <t>MB002</t>
   </si>
   <si>
     <t>Douglas Marsh</t>
   </si>
   <si>
     <t>MB</t>
   </si>
   <si>
     <t>MB003</t>
   </si>
   <si>
     <t>Churchill &amp; Vicinity</t>
   </si>
   <si>
+    <t>MB007</t>
+  </si>
+  <si>
+    <t>Kaweenakumik Lake</t>
+  </si>
+  <si>
+    <t>MB009</t>
+  </si>
+  <si>
+    <t>Netley-Libau Marsh</t>
+  </si>
+  <si>
+    <t>MB010</t>
+  </si>
+  <si>
+    <t>Oak Hammock Marsh WMA</t>
+  </si>
+  <si>
+    <t>MB011</t>
+  </si>
+  <si>
+    <t>Oak Lake/Plum Lakes Area</t>
+  </si>
+  <si>
+    <t>MB012</t>
+  </si>
+  <si>
+    <t>Pipestone Rocks</t>
+  </si>
+  <si>
+    <t>MB013</t>
+  </si>
+  <si>
+    <t>Seal River Estuary</t>
+  </si>
+  <si>
+    <t>MB015</t>
+  </si>
+  <si>
+    <t>Whitewater Lake</t>
+  </si>
+  <si>
+    <t>MB024</t>
+  </si>
+  <si>
+    <t>Southwestern Manitoba Mixed-Grass Prairie</t>
+  </si>
+  <si>
+    <t>MB028</t>
+  </si>
+  <si>
+    <t>Proven Lake WMA</t>
+  </si>
+  <si>
+    <t>MB031</t>
+  </si>
+  <si>
+    <t>Dog Lake</t>
+  </si>
+  <si>
+    <t>MB032</t>
+  </si>
+  <si>
+    <t>Duck Island</t>
+  </si>
+  <si>
+    <t>MB033</t>
+  </si>
+  <si>
+    <t>Big Grass Marsh and Langruth</t>
+  </si>
+  <si>
+    <t>MB039</t>
+  </si>
+  <si>
+    <t>Grant's Lake WMA</t>
+  </si>
+  <si>
+    <t>MB053</t>
+  </si>
+  <si>
+    <t>Gull Bay Spits</t>
+  </si>
+  <si>
+    <t>MB055</t>
+  </si>
+  <si>
+    <t>Saskatchewan River Delta</t>
+  </si>
+  <si>
+    <t>MB081</t>
+  </si>
+  <si>
+    <t>Sagemace &amp; Coleman Bay Islands</t>
+  </si>
+  <si>
+    <t>MB082</t>
+  </si>
+  <si>
+    <t>Kasakeemeemisekak Islands</t>
+  </si>
+  <si>
+    <t>MB085</t>
+  </si>
+  <si>
+    <t>Long Island and Long Island Bay</t>
+  </si>
+  <si>
+    <t>MB086</t>
+  </si>
+  <si>
+    <t>Louis Island and Associated Reefs</t>
+  </si>
+  <si>
+    <t>MB087</t>
+  </si>
+  <si>
+    <t>Marshy Point</t>
+  </si>
+  <si>
+    <t>MB091</t>
+  </si>
+  <si>
+    <t>Riverton Sandy Bar</t>
+  </si>
+  <si>
+    <t>MB092</t>
+  </si>
+  <si>
+    <t>Sand Reef Islands</t>
+  </si>
+  <si>
+    <t>MB093</t>
+  </si>
+  <si>
+    <t>Sandy Bay Marshes</t>
+  </si>
+  <si>
+    <t>MB100</t>
+  </si>
+  <si>
+    <t>Kinosota/Leifur</t>
+  </si>
+  <si>
+    <t>MB103</t>
+  </si>
+  <si>
+    <t>Ellice-Archie and Spy Hill Community Pastures</t>
+  </si>
+  <si>
+    <t>NB001</t>
+  </si>
+  <si>
+    <t>Restigouche River Estuary</t>
+  </si>
+  <si>
+    <t>NB</t>
+  </si>
+  <si>
+    <t>NB002</t>
+  </si>
+  <si>
+    <t>Tabusintac Lagoon &amp; River Estuary</t>
+  </si>
+  <si>
+    <t>NB003</t>
+  </si>
+  <si>
+    <t>Kouchibouguac NP Sand Islands</t>
+  </si>
+  <si>
+    <t>NB004</t>
+  </si>
+  <si>
+    <t>The Wolves Archipelago</t>
+  </si>
+  <si>
+    <t>NB005</t>
+  </si>
+  <si>
+    <t>Pokeshaw Rock</t>
+  </si>
+  <si>
+    <t>NB006</t>
+  </si>
+  <si>
+    <t>Beaches of Pokemouche and Grand Passage</t>
+  </si>
+  <si>
+    <t>NB007</t>
+  </si>
+  <si>
+    <t>Buctouche Bar</t>
+  </si>
+  <si>
+    <t>NB009</t>
+  </si>
+  <si>
+    <t>Shepody Bay West</t>
+  </si>
+  <si>
+    <t>NB010</t>
+  </si>
+  <si>
+    <t>Lower St. John River (Sheffield / Jemseg)</t>
+  </si>
+  <si>
+    <t>NB011</t>
+  </si>
+  <si>
+    <t>Grand Manan Archipelago</t>
+  </si>
+  <si>
+    <t>NB013</t>
+  </si>
+  <si>
+    <t>Heron Island</t>
+  </si>
+  <si>
+    <t>NB014</t>
+  </si>
+  <si>
+    <t>Tracadie Bay and Sandspit</t>
+  </si>
+  <si>
+    <t>NB015</t>
+  </si>
+  <si>
+    <t>Neguac Sandspit</t>
+  </si>
+  <si>
+    <t>NB016</t>
+  </si>
+  <si>
+    <t>Manawagonish Island</t>
+  </si>
+  <si>
+    <t>NB019</t>
+  </si>
+  <si>
+    <t>Machias Seal Island</t>
+  </si>
+  <si>
+    <t>NB020</t>
+  </si>
+  <si>
+    <t>Point Lepreau/Maces Bay</t>
+  </si>
+  <si>
+    <t>NB021</t>
+  </si>
+  <si>
+    <t>Miscou Island</t>
+  </si>
+  <si>
+    <t>NB022</t>
+  </si>
+  <si>
+    <t>Saint's Rest Marsh &amp; Beach</t>
+  </si>
+  <si>
+    <t>NB024</t>
+  </si>
+  <si>
+    <t>Nepisiguit Highlands</t>
+  </si>
+  <si>
+    <t>NB027</t>
+  </si>
+  <si>
+    <t>Pointe aux Rats Musques Heronry</t>
+  </si>
+  <si>
+    <t>NB028</t>
+  </si>
+  <si>
+    <t>Pointe-à-Bouleau</t>
+  </si>
+  <si>
+    <t>NB033</t>
+  </si>
+  <si>
+    <t>Quaco Bay</t>
+  </si>
+  <si>
+    <t>NB034</t>
+  </si>
+  <si>
+    <t>Mount Carleton Provincial Park</t>
+  </si>
+  <si>
+    <t>NB037</t>
+  </si>
+  <si>
+    <t>Quoddy Region</t>
+  </si>
+  <si>
+    <t>NB038</t>
+  </si>
+  <si>
+    <t>Dorchester Cape and Grand Anse</t>
+  </si>
+  <si>
+    <t>NB040</t>
+  </si>
+  <si>
+    <t>Green Point</t>
+  </si>
+  <si>
+    <t>NB042</t>
+  </si>
+  <si>
+    <t>Escuminac Beaches</t>
+  </si>
+  <si>
+    <t>NF001</t>
+  </si>
+  <si>
+    <t>Cape St. Mary's</t>
+  </si>
+  <si>
+    <t>NF002</t>
+  </si>
+  <si>
+    <t>Witless Bay Islands</t>
+  </si>
+  <si>
+    <t>NF003</t>
+  </si>
+  <si>
+    <t>Baccalieu Island</t>
+  </si>
+  <si>
+    <t>NF004</t>
+  </si>
+  <si>
+    <t>Funk Island</t>
+  </si>
+  <si>
+    <t>NF008</t>
+  </si>
+  <si>
+    <t>Fischot Islands</t>
+  </si>
+  <si>
+    <t>NF009</t>
+  </si>
+  <si>
+    <t>Northern Groais Island</t>
+  </si>
+  <si>
+    <t>NF010</t>
+  </si>
+  <si>
+    <t>Bell Island South Coast</t>
+  </si>
+  <si>
+    <t>NF013</t>
+  </si>
+  <si>
+    <t>Wadham Islands and adjacent Marine Area</t>
+  </si>
+  <si>
+    <t>NF015</t>
+  </si>
+  <si>
+    <t>The Cape Pine and St. Shotts Barren</t>
+  </si>
+  <si>
+    <t>NF017</t>
+  </si>
+  <si>
+    <t>Terra Nova National Park</t>
+  </si>
+  <si>
+    <t>NF018</t>
+  </si>
+  <si>
+    <t>Bay du Nord Wilderness Reserve and Middle Ridge Wildlife Reserve</t>
+  </si>
+  <si>
+    <t>NF019</t>
+  </si>
+  <si>
+    <t>Grates Point</t>
+  </si>
+  <si>
+    <t>NF021</t>
+  </si>
+  <si>
+    <t>Cape St. Francis</t>
+  </si>
+  <si>
+    <t>NF022</t>
+  </si>
+  <si>
+    <t>Quidi Vidi Lake</t>
+  </si>
+  <si>
+    <t>NF024</t>
+  </si>
+  <si>
+    <t>Mistaken Point</t>
+  </si>
+  <si>
+    <t>NF025</t>
+  </si>
+  <si>
+    <t>Cape Freels Coastline and Cabot Island</t>
+  </si>
+  <si>
+    <t>NF028</t>
+  </si>
+  <si>
+    <t>Placentia Bay</t>
+  </si>
+  <si>
+    <t>NF030</t>
+  </si>
+  <si>
+    <t>Corbin Island</t>
+  </si>
+  <si>
+    <t>NF031</t>
+  </si>
+  <si>
+    <t>Middle Lawn Island</t>
+  </si>
+  <si>
+    <t>NF032</t>
+  </si>
+  <si>
+    <t>Green Island</t>
+  </si>
+  <si>
+    <t>NF034</t>
+  </si>
+  <si>
+    <t>Miquelon Island (Northeast Coast)</t>
+  </si>
+  <si>
+    <t>NF036</t>
+  </si>
+  <si>
+    <t>Grand Colombier Island</t>
+  </si>
+  <si>
+    <t>NF037</t>
+  </si>
+  <si>
+    <t>Big Barasway</t>
+  </si>
+  <si>
+    <t>NF038</t>
+  </si>
+  <si>
+    <t>Grand Bay West to Cheeseman Prov. Pk.</t>
+  </si>
+  <si>
+    <t>NF040</t>
+  </si>
+  <si>
+    <t>Codroy Valley</t>
+  </si>
+  <si>
+    <t>NF041</t>
+  </si>
+  <si>
+    <t>Codroy Valley Estuary</t>
+  </si>
+  <si>
+    <t>NF045</t>
+  </si>
+  <si>
+    <t>Gros Morne National Park</t>
+  </si>
+  <si>
+    <t>NS001</t>
+  </si>
+  <si>
+    <t>Bird Islands</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>NS002</t>
+  </si>
+  <si>
+    <t>Upper Cumberland Basin</t>
+  </si>
+  <si>
+    <t>NS003</t>
+  </si>
+  <si>
+    <t>The Brothers</t>
+  </si>
+  <si>
+    <t>NS006</t>
+  </si>
+  <si>
+    <t>Portnova Islands</t>
+  </si>
+  <si>
+    <t>NS007</t>
+  </si>
+  <si>
+    <t>Big Glace Bay Lake</t>
+  </si>
+  <si>
+    <t>NS009</t>
+  </si>
+  <si>
+    <t>Pomquet Beach Region</t>
+  </si>
+  <si>
+    <t>NS014</t>
+  </si>
+  <si>
+    <t>Musquodoboit</t>
+  </si>
+  <si>
+    <t>NS015</t>
+  </si>
+  <si>
+    <t>Bon Portage Island</t>
+  </si>
+  <si>
+    <t>NS016</t>
+  </si>
+  <si>
+    <t>Eastern Cape Sable Island</t>
+  </si>
+  <si>
+    <t>NS017</t>
+  </si>
+  <si>
+    <t>South Shore (Roseway to Baccaro)</t>
+  </si>
+  <si>
+    <t>NS018</t>
+  </si>
+  <si>
+    <t>South Shore (Barrington Bay Sector)</t>
+  </si>
+  <si>
+    <t>NS019</t>
+  </si>
+  <si>
+    <t>Cobequid Bay</t>
+  </si>
+  <si>
+    <t>NS020</t>
+  </si>
+  <si>
+    <t>Southern Bight, Minas Basin</t>
+  </si>
+  <si>
+    <t>NS021</t>
+  </si>
+  <si>
+    <t>Brier Island and Offshore Waters</t>
+  </si>
+  <si>
+    <t>NS024</t>
+  </si>
+  <si>
+    <t>South Shore - East Queens Co. Sector</t>
+  </si>
+  <si>
+    <t>NS025</t>
+  </si>
+  <si>
+    <t>Sable Island, Nova Scotia</t>
+  </si>
+  <si>
+    <t>NS026</t>
+  </si>
+  <si>
+    <t>Grassy Island Complex</t>
+  </si>
+  <si>
+    <t>NS027</t>
+  </si>
+  <si>
+    <t>Eastern Shore Islands</t>
+  </si>
+  <si>
+    <t>NS028</t>
+  </si>
+  <si>
+    <t>Country Island Complex</t>
+  </si>
+  <si>
+    <t>NS032</t>
+  </si>
+  <si>
+    <t>St. Paul Island</t>
+  </si>
+  <si>
+    <t>NS045</t>
+  </si>
+  <si>
+    <t>Basque Islands and Michaud Point</t>
+  </si>
+  <si>
+    <t>NS047</t>
+  </si>
+  <si>
+    <t>Rocks off Fourchu Head</t>
+  </si>
+  <si>
+    <t>NS049</t>
+  </si>
+  <si>
+    <t>Harbour Rocks</t>
+  </si>
+  <si>
+    <t>NS052</t>
+  </si>
+  <si>
+    <t>Scatarie Island</t>
+  </si>
+  <si>
+    <t>NS055</t>
+  </si>
+  <si>
+    <t>Ingonish Island</t>
+  </si>
+  <si>
+    <t>NS057</t>
+  </si>
+  <si>
+    <t>The Capes</t>
+  </si>
+  <si>
+    <t>NS058</t>
+  </si>
+  <si>
+    <t>Margaree Island</t>
+  </si>
+  <si>
+    <t>NS061</t>
+  </si>
+  <si>
+    <t>Central Cape Breton Highlands</t>
+  </si>
+  <si>
+    <t>NT002</t>
+  </si>
+  <si>
+    <t>Whooping Crane Nesting Area and Summer Range</t>
+  </si>
+  <si>
+    <t>NT</t>
+  </si>
+  <si>
+    <t>NT016</t>
+  </si>
+  <si>
+    <t>Mackenzie River Delta</t>
+  </si>
+  <si>
+    <t>NT017</t>
+  </si>
+  <si>
+    <t>Banks Island Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>NT037</t>
+  </si>
+  <si>
+    <t>Kugaluk River</t>
+  </si>
+  <si>
+    <t>NT038</t>
+  </si>
+  <si>
+    <t>Anderson River Delta</t>
+  </si>
+  <si>
+    <t>NT039</t>
+  </si>
+  <si>
+    <t>Cape Bathurst Polynya</t>
+  </si>
+  <si>
+    <t>NT040</t>
+  </si>
+  <si>
+    <t>Harrowby Bay</t>
+  </si>
+  <si>
+    <t>NT041</t>
+  </si>
+  <si>
+    <t>Cape Parry</t>
+  </si>
+  <si>
+    <t>NT043</t>
+  </si>
+  <si>
+    <t>Thomsen River</t>
+  </si>
+  <si>
+    <t>NT044</t>
+  </si>
+  <si>
+    <t>Eastern Prince Patrick Island Coast</t>
+  </si>
+  <si>
+    <t>NT080</t>
+  </si>
+  <si>
+    <t>Lower Mackenzie River Islands</t>
+  </si>
+  <si>
+    <t>NT081</t>
+  </si>
+  <si>
+    <t>Middle Mackenzie River Islands</t>
+  </si>
+  <si>
+    <t>NT082</t>
+  </si>
+  <si>
+    <t>Brackett Lake</t>
+  </si>
+  <si>
+    <t>NT084</t>
+  </si>
+  <si>
+    <t>Beaver Lake</t>
+  </si>
+  <si>
+    <t>NT086</t>
+  </si>
+  <si>
+    <t>North Arm, Great Slave Lake</t>
+  </si>
+  <si>
+    <t>NT087</t>
+  </si>
+  <si>
+    <t>South Shore Great Slave Lake (Slave River Delta to Taltson Bay)</t>
+  </si>
+  <si>
+    <t>NU001</t>
+  </si>
+  <si>
+    <t>Digges Sound</t>
+  </si>
+  <si>
+    <t>NU004</t>
+  </si>
+  <si>
+    <t>Cape Hay</t>
+  </si>
+  <si>
+    <t>NU005</t>
+  </si>
+  <si>
+    <t>Coats Island/Cape Pembroke</t>
+  </si>
+  <si>
+    <t>NU006</t>
+  </si>
+  <si>
+    <t>Prince Leopold Island</t>
+  </si>
+  <si>
+    <t>NU007</t>
+  </si>
+  <si>
+    <t>Akpatok Island</t>
+  </si>
+  <si>
+    <t>NU008</t>
+  </si>
+  <si>
+    <t>Rasmussen Lowlands</t>
+  </si>
+  <si>
+    <t>NU009</t>
+  </si>
+  <si>
+    <t>Queen Maud Gulf</t>
+  </si>
+  <si>
+    <t>NU010</t>
+  </si>
+  <si>
+    <t>Cambridge Point</t>
+  </si>
+  <si>
+    <t>NU011</t>
+  </si>
+  <si>
+    <t>Foxe Basin Islands</t>
+  </si>
+  <si>
+    <t>NU013</t>
+  </si>
+  <si>
+    <t>Southwest Bylot</t>
+  </si>
+  <si>
+    <t>NU014</t>
+  </si>
+  <si>
+    <t>Inglefield Mountains</t>
+  </si>
+  <si>
+    <t>NU018</t>
+  </si>
+  <si>
+    <t>Awrey Island</t>
+  </si>
+  <si>
+    <t>NU020</t>
+  </si>
+  <si>
+    <t>McConnell River</t>
+  </si>
+  <si>
+    <t>NU021</t>
+  </si>
+  <si>
+    <t>Turton Island</t>
+  </si>
+  <si>
+    <t>NU022</t>
+  </si>
+  <si>
+    <t>Boas River and associated wetlands</t>
+  </si>
+  <si>
+    <t>NU023</t>
+  </si>
+  <si>
+    <t>East Bay/Native Bay</t>
+  </si>
+  <si>
+    <t>NU024</t>
+  </si>
+  <si>
+    <t>Fraser Island</t>
+  </si>
+  <si>
+    <t>NU025</t>
+  </si>
+  <si>
+    <t>Hantzsch Island</t>
+  </si>
+  <si>
+    <t>NU026</t>
+  </si>
+  <si>
+    <t>Eider Islands</t>
+  </si>
+  <si>
+    <t>NU027</t>
+  </si>
+  <si>
+    <t>Plover &amp; Payne Islands</t>
+  </si>
+  <si>
+    <t>NU028</t>
+  </si>
+  <si>
+    <t>Gyrfalcon Islands</t>
+  </si>
+  <si>
+    <t>NU029</t>
+  </si>
+  <si>
+    <t>Northeast Ungava Bay</t>
+  </si>
+  <si>
+    <t>NU030</t>
+  </si>
+  <si>
+    <t>Koktac River Archipelago</t>
+  </si>
+  <si>
+    <t>NU031</t>
+  </si>
+  <si>
+    <t>North Belcher Islands</t>
+  </si>
+  <si>
+    <t>NU032</t>
+  </si>
+  <si>
+    <t>Salikuit Islands</t>
+  </si>
+  <si>
+    <t>NU033</t>
+  </si>
+  <si>
+    <t>Sleeper Islands</t>
+  </si>
+  <si>
+    <t>NU034</t>
+  </si>
+  <si>
+    <t>Twin Islands</t>
+  </si>
+  <si>
+    <t>NU036</t>
+  </si>
+  <si>
+    <t>Akimiski Island</t>
+  </si>
+  <si>
+    <t>NU045</t>
+  </si>
+  <si>
+    <t>Seymour Island</t>
+  </si>
+  <si>
+    <t>NU049</t>
+  </si>
+  <si>
+    <t>Cheyne Islands</t>
+  </si>
+  <si>
+    <t>NU051</t>
+  </si>
+  <si>
+    <t>Washington Point, Baillie-Hamilton Island</t>
+  </si>
+  <si>
+    <t>NU052</t>
+  </si>
+  <si>
+    <t>North Kent Island</t>
+  </si>
+  <si>
+    <t>NU053</t>
+  </si>
+  <si>
+    <t>Cape Vera</t>
+  </si>
+  <si>
+    <t>NU054</t>
+  </si>
+  <si>
+    <t>Skruis Point</t>
+  </si>
+  <si>
+    <t>NU055</t>
+  </si>
+  <si>
+    <t>Sydkap Ice Field</t>
+  </si>
+  <si>
+    <t>NU057</t>
+  </si>
+  <si>
+    <t>Eastern Devon Island Nunataks</t>
+  </si>
+  <si>
+    <t>NU059</t>
+  </si>
+  <si>
+    <t>Cape Liddon</t>
+  </si>
+  <si>
+    <t>NU060</t>
+  </si>
+  <si>
+    <t>Hobhouse Inlet</t>
+  </si>
+  <si>
+    <t>NU062</t>
+  </si>
+  <si>
+    <t>Creswell Bay</t>
+  </si>
+  <si>
+    <t>NU065</t>
+  </si>
+  <si>
+    <t>Northwestern Brodeur Peninsula</t>
+  </si>
+  <si>
+    <t>NU066</t>
+  </si>
+  <si>
+    <t>Berlinguet Inlet</t>
+  </si>
+  <si>
+    <t>NU067</t>
+  </si>
+  <si>
+    <t>Baillarge Bay</t>
+  </si>
+  <si>
+    <t>NU068</t>
+  </si>
+  <si>
+    <t>Cape Graham Moore</t>
+  </si>
+  <si>
+    <t>NU069</t>
+  </si>
+  <si>
+    <t>Buchan Gulf</t>
+  </si>
+  <si>
+    <t>NU072</t>
+  </si>
+  <si>
+    <t>Reid Bay</t>
+  </si>
+  <si>
+    <t>NU078</t>
+  </si>
+  <si>
+    <t>Great Plain of the Koukdjuak</t>
+  </si>
+  <si>
+    <t>NU088</t>
+  </si>
+  <si>
+    <t>Jenny Lind Island</t>
+  </si>
+  <si>
+    <t>NU089</t>
+  </si>
+  <si>
+    <t>Middle Back River</t>
+  </si>
+  <si>
+    <t>NU091</t>
+  </si>
+  <si>
+    <t>Thelon River</t>
+  </si>
+  <si>
+    <t>NU100</t>
+  </si>
+  <si>
+    <t>South Flaherty Islands</t>
+  </si>
+  <si>
+    <t>NU101</t>
+  </si>
+  <si>
+    <t>Markham Bay Eider Colony</t>
+  </si>
+  <si>
+    <t>ON001</t>
+  </si>
+  <si>
+    <t>Long Point Peninsula and Marshes</t>
+  </si>
+  <si>
+    <t>ON002</t>
+  </si>
+  <si>
+    <t>Niagara River Corridor</t>
+  </si>
+  <si>
+    <t>ON005</t>
+  </si>
+  <si>
+    <t>Dundas Valley and Dundas Marsh</t>
+  </si>
+  <si>
+    <t>ON006</t>
+  </si>
+  <si>
+    <t>Point Pelee</t>
+  </si>
+  <si>
+    <t>ON009</t>
+  </si>
+  <si>
+    <t>Norfolk Forest Complex</t>
+  </si>
+  <si>
+    <t>ON010</t>
+  </si>
+  <si>
+    <t>Skunk's Misery Complex</t>
+  </si>
+  <si>
+    <t>ON011</t>
+  </si>
+  <si>
+    <t>Aylmer Wildlife Management Area</t>
+  </si>
+  <si>
+    <t>ON013</t>
+  </si>
+  <si>
+    <t>Pelee Island Natural Areas</t>
+  </si>
+  <si>
+    <t>ON014</t>
+  </si>
+  <si>
+    <t>Pelee Island Archipelago</t>
+  </si>
+  <si>
+    <t>ON015</t>
+  </si>
+  <si>
+    <t>Wye Marsh</t>
+  </si>
+  <si>
+    <t>ON016</t>
+  </si>
+  <si>
+    <t>The Watchers</t>
+  </si>
+  <si>
+    <t>ON017</t>
+  </si>
+  <si>
+    <t>The Cousins</t>
+  </si>
+  <si>
+    <t>ON018</t>
+  </si>
+  <si>
+    <t>St. Marys River Complex</t>
+  </si>
+  <si>
+    <t>ON019</t>
+  </si>
+  <si>
+    <t>Port Colborne (breakwater and mainland)</t>
+  </si>
+  <si>
+    <t>ON021</t>
+  </si>
+  <si>
+    <t>Twelve Mile Creek Headwaters</t>
+  </si>
+  <si>
+    <t>ON022</t>
+  </si>
+  <si>
+    <t>West End of Lake Ontario</t>
+  </si>
+  <si>
+    <t>ON023</t>
+  </si>
+  <si>
+    <t>Beamer Conservation Area</t>
+  </si>
+  <si>
+    <t>ON024</t>
+  </si>
+  <si>
+    <t>Port Franks Forested Dunes</t>
+  </si>
+  <si>
+    <t>ON025</t>
+  </si>
+  <si>
+    <t>Tiny Marsh</t>
+  </si>
+  <si>
+    <t>ON027</t>
+  </si>
+  <si>
+    <t>Pittock Reservoir</t>
+  </si>
+  <si>
+    <t>ON028</t>
+  </si>
+  <si>
+    <t>Springwater Conservation Area</t>
+  </si>
+  <si>
+    <t>ON033</t>
+  </si>
+  <si>
+    <t>Clear Creek</t>
+  </si>
+  <si>
+    <t>ON034</t>
+  </si>
+  <si>
+    <t>Holiday Beach / Big Creek CA</t>
+  </si>
+  <si>
+    <t>ON035</t>
+  </si>
+  <si>
+    <t>Matchedash Bay</t>
+  </si>
+  <si>
+    <t>ON037</t>
+  </si>
+  <si>
+    <t>Wolfe Island</t>
+  </si>
+  <si>
+    <t>ON038</t>
+  </si>
+  <si>
+    <t>Leslie Street Spit</t>
+  </si>
+  <si>
+    <t>ON040</t>
+  </si>
+  <si>
+    <t>Carden Alvar</t>
+  </si>
+  <si>
+    <t>QC004</t>
+  </si>
+  <si>
+    <t>Île Shag</t>
+  </si>
+  <si>
+    <t>QC</t>
+  </si>
+  <si>
+    <t>ON041</t>
+  </si>
+  <si>
+    <t>Pigeon Island</t>
+  </si>
+  <si>
+    <t>ON044</t>
+  </si>
+  <si>
+    <t>Little Otter Creek Complex</t>
+  </si>
+  <si>
+    <t>ON045</t>
+  </si>
+  <si>
+    <t>Wildwood Gull Roost</t>
+  </si>
+  <si>
+    <t>ON047</t>
+  </si>
+  <si>
+    <t>Lower Detroit River</t>
+  </si>
+  <si>
+    <t>ON048</t>
+  </si>
+  <si>
+    <t>Southwest Elgin Forest Complex</t>
+  </si>
+  <si>
+    <t>ON052</t>
+  </si>
+  <si>
+    <t>Limestone Islands</t>
+  </si>
+  <si>
+    <t>ON058</t>
+  </si>
+  <si>
+    <t>Point Abino</t>
+  </si>
+  <si>
+    <t>ON062</t>
+  </si>
+  <si>
+    <t>Amherst Island</t>
+  </si>
+  <si>
+    <t>ON084</t>
+  </si>
+  <si>
+    <t>Lake Huron, Quarry Bay</t>
+  </si>
+  <si>
+    <t>ON088</t>
+  </si>
+  <si>
+    <t>Owen Channel</t>
+  </si>
+  <si>
+    <t>ON125</t>
+  </si>
+  <si>
+    <t>Albany River Estuary &amp; Assoc. Coastline</t>
+  </si>
+  <si>
+    <t>ON127</t>
+  </si>
+  <si>
+    <t>Akimiski Strait</t>
+  </si>
+  <si>
+    <t>ON129</t>
+  </si>
+  <si>
+    <t>Ekwan to Lakitusaki Shores</t>
+  </si>
+  <si>
+    <t>ON130</t>
+  </si>
+  <si>
+    <t>Cape Henrietta Maria</t>
+  </si>
+  <si>
+    <t>ON133</t>
+  </si>
+  <si>
+    <t>Winisk River Estuary</t>
+  </si>
+  <si>
+    <t>ON134</t>
+  </si>
+  <si>
+    <t>Shagamu River &amp; Area</t>
+  </si>
+  <si>
+    <t>ON135</t>
+  </si>
+  <si>
+    <t>Severn River Coastline</t>
+  </si>
+  <si>
+    <t>ON141</t>
+  </si>
+  <si>
+    <t>Sutton River Coastline</t>
+  </si>
+  <si>
+    <t>ON142</t>
+  </si>
+  <si>
+    <t>Niskibi Cape</t>
+  </si>
+  <si>
+    <t>ON143</t>
+  </si>
+  <si>
+    <t>Pen Islands</t>
+  </si>
+  <si>
+    <t>ON144</t>
+  </si>
+  <si>
+    <t>Lake of the Woods Sand Spit Archipelago</t>
+  </si>
+  <si>
+    <t>ON146</t>
+  </si>
+  <si>
+    <t>Three Sisters Islands</t>
+  </si>
+  <si>
+    <t>ON150</t>
+  </si>
+  <si>
+    <t>Manitoulin Island North Shore</t>
+  </si>
+  <si>
+    <t>ON151</t>
+  </si>
+  <si>
+    <t>Spring Bay</t>
+  </si>
+  <si>
+    <t>ON153</t>
+  </si>
+  <si>
+    <t>Nottawasaga Island</t>
+  </si>
+  <si>
+    <t>ON154</t>
+  </si>
+  <si>
+    <t>Chantry Island</t>
+  </si>
+  <si>
+    <t>ON157</t>
+  </si>
+  <si>
+    <t>Pei lay sheesh kow</t>
+  </si>
+  <si>
+    <t>PE001</t>
+  </si>
+  <si>
+    <t>Cascumpec Bay/Alberton Harbour/Malpeque Bay</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>PE004</t>
+  </si>
+  <si>
+    <t>Durell Point</t>
+  </si>
+  <si>
+    <t>PE005</t>
+  </si>
+  <si>
+    <t>HighBank</t>
+  </si>
+  <si>
+    <t>PE007</t>
+  </si>
+  <si>
+    <t>Boughton Island</t>
+  </si>
+  <si>
+    <t>PE008</t>
+  </si>
+  <si>
+    <t>Governors Island</t>
+  </si>
+  <si>
+    <t>QC110</t>
+  </si>
+  <si>
+    <t>Réservoir Beaudet</t>
+  </si>
+  <si>
+    <t>PE009</t>
+  </si>
+  <si>
+    <t>West Cape</t>
+  </si>
+  <si>
+    <t>PE010</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>PE011</t>
+  </si>
+  <si>
+    <t>Bedeque Bay</t>
+  </si>
+  <si>
+    <t>NS004</t>
+  </si>
+  <si>
+    <t>South Shore (Port Joli sector)</t>
+  </si>
+  <si>
+    <t>PE012</t>
+  </si>
+  <si>
+    <t>Cape Tryon</t>
+  </si>
+  <si>
+    <t>PE013</t>
+  </si>
+  <si>
+    <t>PEI National Park</t>
+  </si>
+  <si>
+    <t>PE014</t>
+  </si>
+  <si>
+    <t>Orwell Bay</t>
+  </si>
+  <si>
+    <t>PE015</t>
+  </si>
+  <si>
+    <t>Canavoy and Adjacent Beaches</t>
+  </si>
+  <si>
+    <t>PE016</t>
+  </si>
+  <si>
+    <t>East Point</t>
+  </si>
+  <si>
+    <t>PE018</t>
+  </si>
+  <si>
+    <t>Glenfinnan Island</t>
+  </si>
+  <si>
+    <t>QC029</t>
+  </si>
+  <si>
+    <t>Monts Chic-Chocs</t>
+  </si>
+  <si>
+    <t>QC001</t>
+  </si>
+  <si>
+    <t>Bonaventure Island</t>
+  </si>
+  <si>
+    <t>QC002</t>
+  </si>
+  <si>
+    <t>Cap Tourmente</t>
+  </si>
+  <si>
+    <t>QC003</t>
+  </si>
+  <si>
+    <t>Lagune du Havre aux Basques et plage de l'Ouest</t>
+  </si>
+  <si>
+    <t>QC005</t>
+  </si>
+  <si>
+    <t>Plages de La Martinique et de Havre-Aubert</t>
+  </si>
+  <si>
+    <t>QC006</t>
+  </si>
+  <si>
+    <t>Les rochers aux Oiseaux</t>
+  </si>
+  <si>
+    <t>QC009</t>
+  </si>
+  <si>
+    <t>Île de l'Est</t>
+  </si>
+  <si>
+    <t>QC012</t>
+  </si>
+  <si>
+    <t>Plage de l'Hôpital</t>
+  </si>
+  <si>
+    <t>QC013</t>
+  </si>
+  <si>
+    <t>La Pointe</t>
+  </si>
+  <si>
+    <t>QC015</t>
+  </si>
+  <si>
+    <t>Bassin aux Huîtres</t>
+  </si>
+  <si>
+    <t>BC122</t>
+  </si>
+  <si>
+    <t>Lucy Islands</t>
+  </si>
+  <si>
+    <t>QC018</t>
+  </si>
+  <si>
+    <t>Falaises de l'île d'Entrée</t>
+  </si>
+  <si>
+    <t>QC021</t>
+  </si>
+  <si>
+    <t>Île aux Goélands</t>
+  </si>
+  <si>
+    <t>QC022</t>
+  </si>
+  <si>
+    <t>Île Paquet</t>
+  </si>
+  <si>
+    <t>QC024</t>
+  </si>
+  <si>
+    <t>Dune du Sud</t>
+  </si>
+  <si>
+    <t>QC026</t>
+  </si>
+  <si>
+    <t>Îlot C</t>
+  </si>
+  <si>
+    <t>QC027</t>
+  </si>
+  <si>
+    <t>Île aux Loups Marins</t>
+  </si>
+  <si>
+    <t>QC030</t>
+  </si>
+  <si>
+    <t>Banc de Carleton</t>
+  </si>
+  <si>
+    <t>QC069</t>
+  </si>
+  <si>
+    <t>Baie des Loups</t>
+  </si>
+  <si>
+    <t>QC031</t>
+  </si>
+  <si>
+    <t>Shigawake-Newport</t>
+  </si>
+  <si>
+    <t>QC033</t>
+  </si>
+  <si>
+    <t>Pointe Saint-Pierre et île Plate</t>
+  </si>
+  <si>
+    <t>QC035</t>
+  </si>
+  <si>
+    <t>Cap d'Espoir</t>
+  </si>
+  <si>
+    <t>QC036</t>
+  </si>
+  <si>
+    <t>Barachois de Malbaie</t>
+  </si>
+  <si>
+    <t>QC037</t>
+  </si>
+  <si>
+    <t>Baie de Gaspé</t>
+  </si>
+  <si>
+    <t>QC039</t>
+  </si>
+  <si>
+    <t>Péninsule de Forillon</t>
+  </si>
+  <si>
+    <t>QC040</t>
+  </si>
+  <si>
+    <t>Îles Les Boules</t>
+  </si>
+  <si>
+    <t>QC041</t>
+  </si>
+  <si>
+    <t>Rimouski</t>
+  </si>
+  <si>
+    <t>QC042</t>
+  </si>
+  <si>
+    <t>Marais de la baie de L'Isle-Verte</t>
+  </si>
+  <si>
+    <t>QC043</t>
+  </si>
+  <si>
+    <t>Marais de Gros-Cacouna</t>
+  </si>
+  <si>
+    <t>QC045</t>
+  </si>
+  <si>
+    <t>Île Bicquette</t>
+  </si>
+  <si>
+    <t>QC046</t>
+  </si>
+  <si>
+    <t>Île aux Basques et Les Razades</t>
+  </si>
+  <si>
+    <t>QC047</t>
+  </si>
+  <si>
+    <t>Île aux Pommes</t>
+  </si>
+  <si>
+    <t>QC048</t>
+  </si>
+  <si>
+    <t>Île Blanche</t>
+  </si>
+  <si>
+    <t>QC049</t>
+  </si>
+  <si>
+    <t>Îles Pèlerins</t>
+  </si>
+  <si>
+    <t>QC050</t>
+  </si>
+  <si>
+    <t>Brandypot Islands</t>
+  </si>
+  <si>
+    <t>QC052</t>
+  </si>
+  <si>
+    <t>Île aux Fraises</t>
+  </si>
+  <si>
+    <t>QC055</t>
+  </si>
+  <si>
+    <t>Kamouraska</t>
+  </si>
+  <si>
+    <t>QC064</t>
+  </si>
+  <si>
+    <t>Saint-Augustin Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>QC065</t>
+  </si>
+  <si>
+    <t>Îles Sainte-Marie</t>
+  </si>
+  <si>
+    <t>QC066</t>
+  </si>
+  <si>
+    <t>Îles aux Perroquets</t>
+  </si>
+  <si>
+    <t>QC068</t>
+  </si>
+  <si>
+    <t>Île du Lac</t>
+  </si>
+  <si>
+    <t>QC072</t>
+  </si>
+  <si>
+    <t>Watshishou</t>
+  </si>
+  <si>
+    <t>QC073</t>
+  </si>
+  <si>
+    <t>Petite île Sainte-Geneviève</t>
+  </si>
+  <si>
+    <t>QC074</t>
+  </si>
+  <si>
+    <t>Betchouane</t>
+  </si>
+  <si>
+    <t>QC076</t>
+  </si>
+  <si>
+    <t>Cayes à Meck</t>
+  </si>
+  <si>
+    <t>QC078</t>
+  </si>
+  <si>
+    <t>Île Nue de Mingan</t>
+  </si>
+  <si>
+    <t>QC082</t>
+  </si>
+  <si>
+    <t>Baie Comeau</t>
+  </si>
+  <si>
+    <t>BC125</t>
+  </si>
+  <si>
+    <t>Grey and Green islets</t>
+  </si>
+  <si>
+    <t>QC083</t>
+  </si>
+  <si>
+    <t>Barre de Portneuf</t>
+  </si>
+  <si>
+    <t>QC084</t>
+  </si>
+  <si>
+    <t>Baie des Escoumins et Grandes-Bergeronnes</t>
+  </si>
+  <si>
+    <t>QC085</t>
+  </si>
+  <si>
+    <t>Tadoussac</t>
+  </si>
+  <si>
+    <t>QC087</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Fulgence</t>
+  </si>
+  <si>
+    <t>QC090</t>
+  </si>
+  <si>
+    <t>Île Rouge</t>
+  </si>
+  <si>
+    <t>QC091</t>
+  </si>
+  <si>
+    <t>Batture aux Alouettes and mouth of Saguenay River</t>
+  </si>
+  <si>
+    <t>QC093</t>
+  </si>
+  <si>
+    <t>Baie des Rochers</t>
+  </si>
+  <si>
+    <t>QC094</t>
+  </si>
+  <si>
+    <t>La Malbaie–Pointe-au-Pic</t>
+  </si>
+  <si>
+    <t>QC097</t>
+  </si>
+  <si>
+    <t>L'Islet</t>
+  </si>
+  <si>
+    <t>QC098</t>
+  </si>
+  <si>
+    <t>Le Pilier de Pierre</t>
+  </si>
+  <si>
+    <t>QC099</t>
+  </si>
+  <si>
+    <t>Le Pilier de Bois</t>
+  </si>
+  <si>
+    <t>QC100</t>
+  </si>
+  <si>
+    <t>Battures aux Loups Marins</t>
+  </si>
+  <si>
+    <t>QC102</t>
+  </si>
+  <si>
+    <t>Cap Saint-Ignace</t>
+  </si>
+  <si>
+    <t>QC103</t>
+  </si>
+  <si>
+    <t>Île aux Grues</t>
+  </si>
+  <si>
+    <t>QC104</t>
+  </si>
+  <si>
+    <t>Montmagny</t>
+  </si>
+  <si>
+    <t>QC105</t>
+  </si>
+  <si>
+    <t>Saint-Vallier</t>
+  </si>
+  <si>
+    <t>QC107</t>
+  </si>
+  <si>
+    <t>Battures de Beauport and chenal de l’île d’Orléans</t>
+  </si>
+  <si>
+    <t>QC112</t>
+  </si>
+  <si>
+    <t>Nicolet et Baie-du-Fèbvre</t>
+  </si>
+  <si>
+    <t>QC114</t>
+  </si>
+  <si>
+    <t>Plaine inondable de Saint-Barthélemy</t>
+  </si>
+  <si>
+    <t>QC115</t>
+  </si>
+  <si>
+    <t>Centre du lac Saint-Pierre</t>
+  </si>
+  <si>
+    <t>QC123</t>
+  </si>
+  <si>
+    <t>Lac Boivin</t>
+  </si>
+  <si>
+    <t>QC125</t>
+  </si>
+  <si>
+    <t>Réserve nationale de faune des Îles-de-Contrecoeur</t>
+  </si>
+  <si>
+    <t>QC126</t>
+  </si>
+  <si>
+    <t>Île Deslauriers</t>
+  </si>
+  <si>
+    <t>QC127</t>
+  </si>
+  <si>
+    <t>Île de la Couvée</t>
+  </si>
+  <si>
+    <t>QC131</t>
+  </si>
+  <si>
+    <t>Barrage de Beauharnois</t>
+  </si>
+  <si>
+    <t>QC134</t>
+  </si>
+  <si>
+    <t>Lac Saint-Louis et Îles-de-la-Paix</t>
+  </si>
+  <si>
+    <t>QC136</t>
+  </si>
+  <si>
+    <t>Île Dickerson</t>
+  </si>
+  <si>
+    <t>QC137</t>
+  </si>
+  <si>
+    <t>Lac Saint-Francois National Wildlife Area and bordering waters</t>
+  </si>
+  <si>
+    <t>QC139</t>
+  </si>
+  <si>
+    <t>Plaisance</t>
+  </si>
+  <si>
+    <t>QC143</t>
+  </si>
+  <si>
+    <t>Northeast James Bay Coast</t>
+  </si>
+  <si>
+    <t>QC145</t>
+  </si>
+  <si>
+    <t>Grande Rivière de la Baleine</t>
+  </si>
+  <si>
+    <t>QC146</t>
+  </si>
+  <si>
+    <t>Petite Rivière de la Baleine</t>
+  </si>
+  <si>
+    <t>BC093</t>
+  </si>
+  <si>
+    <t>Gillam Island</t>
+  </si>
+  <si>
+    <t>QC147</t>
+  </si>
+  <si>
+    <t>Rivers of the Lac Guillaume-Delisle Basin</t>
+  </si>
+  <si>
+    <t>QC148</t>
+  </si>
+  <si>
+    <t>Rivière Nastapoka</t>
+  </si>
+  <si>
+    <t>QC149</t>
+  </si>
+  <si>
+    <t>Île a Calculot</t>
+  </si>
+  <si>
+    <t>QC158</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Timothée</t>
+  </si>
+  <si>
+    <t>QC159</t>
+  </si>
+  <si>
+    <t>Eaux de l'archipel de Mingan</t>
+  </si>
+  <si>
+    <t>QC160</t>
+  </si>
+  <si>
+    <t>Marais de Saint-Étienne</t>
+  </si>
+  <si>
+    <t>QC161</t>
+  </si>
+  <si>
+    <t>Canal de Beauharnois</t>
+  </si>
+  <si>
+    <t>QC162</t>
+  </si>
+  <si>
+    <t>Sept-Îles</t>
+  </si>
+  <si>
+    <t>QC163</t>
+  </si>
+  <si>
+    <t>Miinshtuk-Wiinebek</t>
+  </si>
+  <si>
+    <t>SK001</t>
+  </si>
+  <si>
+    <t>Last Mountain Lake National Wildlife Area</t>
+  </si>
+  <si>
+    <t>SK002</t>
+  </si>
+  <si>
+    <t>Quill Lakes</t>
+  </si>
+  <si>
+    <t>SK003</t>
+  </si>
+  <si>
+    <t>Luck Lake</t>
+  </si>
+  <si>
+    <t>SK004</t>
+  </si>
+  <si>
+    <t>Lavalleé Lake</t>
+  </si>
+  <si>
+    <t>SK005</t>
+  </si>
+  <si>
+    <t>Redberry Lake</t>
+  </si>
+  <si>
+    <t>QC151</t>
+  </si>
+  <si>
+    <t>Waters of Île Patte de Lièvre</t>
+  </si>
+  <si>
+    <t>SK006</t>
+  </si>
+  <si>
+    <t>Galloway and Miry Bay</t>
+  </si>
+  <si>
+    <t>SK013</t>
+  </si>
+  <si>
+    <t>Colgate</t>
+  </si>
+  <si>
+    <t>SK015</t>
+  </si>
+  <si>
+    <t>Sandoff Lake</t>
+  </si>
+  <si>
+    <t>SK016</t>
+  </si>
+  <si>
+    <t>Alkali Lake</t>
+  </si>
+  <si>
+    <t>SK017</t>
+  </si>
+  <si>
+    <t>Coteau Lakes</t>
+  </si>
+  <si>
+    <t>SK020</t>
+  </si>
+  <si>
+    <t>Willow Bunch Lake</t>
+  </si>
+  <si>
+    <t>NT083</t>
+  </si>
+  <si>
+    <t>Mills Lake</t>
+  </si>
+  <si>
+    <t>SK021</t>
+  </si>
+  <si>
+    <t>Fife Lake</t>
+  </si>
+  <si>
+    <t>SK029</t>
+  </si>
+  <si>
+    <t>Dryboro/Burn Lake</t>
+  </si>
+  <si>
+    <t>SK033</t>
+  </si>
+  <si>
+    <t>Chaplin Lake</t>
+  </si>
+  <si>
+    <t>SK034</t>
+  </si>
+  <si>
+    <t>Reed Lake</t>
+  </si>
+  <si>
+    <t>SK039</t>
+  </si>
+  <si>
+    <t>Govenlock-Nashlyn-Battle Creek Grasslands</t>
+  </si>
+  <si>
+    <t>SK041</t>
+  </si>
+  <si>
+    <t>Maple Creek Grasslands</t>
+  </si>
+  <si>
+    <t>SK042</t>
+  </si>
+  <si>
+    <t>Bigstick Lake Plain</t>
+  </si>
+  <si>
+    <t>SK045</t>
+  </si>
+  <si>
+    <t>Cabri Area</t>
+  </si>
+  <si>
+    <t>SK046</t>
+  </si>
+  <si>
+    <t>South Saskatchewan River (Empress to Lancer Ferry)</t>
+  </si>
+  <si>
+    <t>SK047</t>
+  </si>
+  <si>
+    <t>Mantario Hills</t>
+  </si>
+  <si>
+    <t>SK048</t>
+  </si>
+  <si>
+    <t>Kindersley-Elna</t>
+  </si>
+  <si>
+    <t>SK050</t>
+  </si>
+  <si>
+    <t>Barber Lake</t>
+  </si>
+  <si>
+    <t>SK057</t>
+  </si>
+  <si>
+    <t>Paysen/Kettlehut Lake</t>
+  </si>
+  <si>
+    <t>SK058</t>
+  </si>
+  <si>
+    <t>Eyebrow Lake</t>
+  </si>
+  <si>
+    <t>SK059</t>
+  </si>
+  <si>
+    <t>Pelican Lake</t>
+  </si>
+  <si>
+    <t>SK060</t>
+  </si>
+  <si>
+    <t>Nicolle Flats</t>
+  </si>
+  <si>
+    <t>SK061</t>
+  </si>
+  <si>
+    <t>Valeport Marsh</t>
+  </si>
+  <si>
+    <t>SK064</t>
+  </si>
+  <si>
+    <t>Kutawagan Lake</t>
+  </si>
+  <si>
+    <t>SK065</t>
+  </si>
+  <si>
+    <t>Foam Lake</t>
+  </si>
+  <si>
+    <t>SK071</t>
+  </si>
+  <si>
+    <t>Greenwater Lake Provincial Park</t>
+  </si>
+  <si>
+    <t>SK072</t>
+  </si>
+  <si>
+    <t>Ponass Lake</t>
+  </si>
+  <si>
+    <t>SK074</t>
+  </si>
+  <si>
+    <t>Lake Lenore</t>
+  </si>
+  <si>
+    <t>SK075</t>
+  </si>
+  <si>
+    <t>Basin and Middle Lakes</t>
+  </si>
+  <si>
+    <t>SK076</t>
+  </si>
+  <si>
+    <t>Buffer Lake</t>
+  </si>
+  <si>
+    <t>SK077</t>
+  </si>
+  <si>
+    <t>Porter Lake</t>
+  </si>
+  <si>
+    <t>SK078</t>
+  </si>
+  <si>
+    <t>Blackstrap Coulee</t>
+  </si>
+  <si>
+    <t>SK081</t>
+  </si>
+  <si>
+    <t>Rice Lake</t>
+  </si>
+  <si>
+    <t>SK082</t>
+  </si>
+  <si>
+    <t>Landis Lake</t>
+  </si>
+  <si>
+    <t>SK083</t>
+  </si>
+  <si>
+    <t>Radisson Lake</t>
+  </si>
+  <si>
+    <t>SK087</t>
+  </si>
+  <si>
+    <t>Midnight Lake</t>
+  </si>
+  <si>
+    <t>SK092</t>
+  </si>
+  <si>
+    <t>Primrose Lake</t>
+  </si>
+  <si>
+    <t>SK099</t>
+  </si>
+  <si>
+    <t>Tobin Lake</t>
+  </si>
+  <si>
+    <t>SK102</t>
+  </si>
+  <si>
+    <t>Cumberland Marshes</t>
+  </si>
+  <si>
+    <t>SK104</t>
+  </si>
+  <si>
+    <t>Suggi Lake</t>
+  </si>
+  <si>
+    <t>YK001</t>
+  </si>
+  <si>
+    <t>Old Crow Flats</t>
+  </si>
+  <si>
+    <t>YT</t>
+  </si>
+  <si>
+    <t>YK003</t>
+  </si>
+  <si>
+    <t>Nisutlin River Delta</t>
+  </si>
+  <si>
+    <t>YK005</t>
+  </si>
+  <si>
+    <t>Nunaluk Spit to Herschel Island</t>
+  </si>
+  <si>
+    <t>YK007</t>
+  </si>
+  <si>
+    <t>Babbage and Spring River Deltas</t>
+  </si>
+  <si>
+    <t>YK008</t>
+  </si>
+  <si>
+    <t>Blow River Delta (Shingle Point to Tent Island)</t>
+  </si>
+  <si>
+    <t>YK014</t>
+  </si>
+  <si>
+    <t>Shallow Bay, Big Slough and Swan Lake</t>
+  </si>
+  <si>
+    <t>YK016</t>
+  </si>
+  <si>
+    <t>M'Clintock Bay to Lewes River Marsh</t>
+  </si>
+  <si>
+    <t>YK017</t>
+  </si>
+  <si>
+    <t>Tagish Narrows</t>
+  </si>
+  <si>
+    <t>YK019</t>
+  </si>
+  <si>
+    <t>Nares Lake</t>
+  </si>
+  <si>
+    <t>SK023</t>
+  </si>
+  <si>
+    <t>Grasslands National Park (east)</t>
+  </si>
+  <si>
+    <t>QC120</t>
+  </si>
+  <si>
+    <t>Massif du mont Gosford</t>
+  </si>
+  <si>
+    <t>SK018</t>
+  </si>
+  <si>
+    <t>Big Muddy Lake (and surroundings)</t>
+  </si>
+  <si>
+    <t>SK055</t>
+  </si>
+  <si>
+    <t>East Lake Diefenbaker</t>
+  </si>
+  <si>
+    <t>ON003</t>
+  </si>
+  <si>
+    <t>Prince Edward County South Shore</t>
+  </si>
+  <si>
+    <t>QC153</t>
+  </si>
+  <si>
+    <t>Charlevoix</t>
+  </si>
+  <si>
+    <t>ON152</t>
+  </si>
+  <si>
+    <t>Napanee Limestone Plain</t>
+  </si>
+  <si>
+    <t>ON158</t>
+  </si>
+  <si>
+    <t>Frontenac Forests</t>
+  </si>
+  <si>
+    <t>AB065</t>
+  </si>
+  <si>
+    <t>Sage Creek</t>
+  </si>
+  <si>
+    <t>AB004</t>
+  </si>
+  <si>
+    <t>Milk River Canyon and Area</t>
+  </si>
+  <si>
+    <t>AB076</t>
+  </si>
+  <si>
+    <t>Cavendish Railline</t>
+  </si>
+  <si>
+    <t>SK089</t>
+  </si>
+  <si>
+    <t>Manito Lake Area (includes Reflex, Freshwater, Wells, Colette and Cipher Lakes)</t>
+  </si>
+  <si>
+    <t>SK024</t>
+  </si>
+  <si>
+    <t>Grasslands National Park (west)</t>
+  </si>
+  <si>
+    <t>SK084</t>
+  </si>
+  <si>
+    <t>Blaine Lakes</t>
+  </si>
+  <si>
+    <t>QC017</t>
+  </si>
+  <si>
+    <t>Rocher Le Corps Mort</t>
+  </si>
+  <si>
+    <t>QC016</t>
+  </si>
+  <si>
+    <t>Cap Noir</t>
+  </si>
+  <si>
+    <t>NU070</t>
+  </si>
+  <si>
+    <t>Scott Inlet</t>
+  </si>
+  <si>
+    <t>AB007</t>
+  </si>
+  <si>
+    <t>Suffield</t>
+  </si>
+  <si>
+    <t>AB015</t>
+  </si>
+  <si>
+    <t>Lake Newell and Kitsim Reservoir</t>
+  </si>
+  <si>
+    <t>AB001</t>
+  </si>
+  <si>
+    <t>Beaverhill Lake</t>
+  </si>
+  <si>
+    <t>BC005</t>
+  </si>
+  <si>
+    <t>Kerouard and St. James Islands</t>
+  </si>
+  <si>
+    <t>BC025</t>
+  </si>
+  <si>
+    <t>White Islets and Wilson Creek</t>
+  </si>
+  <si>
+    <t>BC110</t>
+  </si>
+  <si>
+    <t>Mussel and Kynoch Inlet and Sheep Passage</t>
+  </si>
+  <si>
+    <t>BC067</t>
+  </si>
+  <si>
+    <t>Desolation Sound</t>
+  </si>
+  <si>
+    <t>AB032</t>
+  </si>
+  <si>
+    <t>Killarney, Dillberry and Leane Lakes</t>
+  </si>
+  <si>
+    <t>SK031</t>
+  </si>
+  <si>
+    <t>Old Wives-Frederick Lakes</t>
+  </si>
+  <si>
+    <t>AB068</t>
+  </si>
+  <si>
+    <t>Big Lake</t>
+  </si>
+  <si>
+    <t>QC007</t>
+  </si>
+  <si>
+    <t>Île Brion</t>
+  </si>
+  <si>
+    <t>BC046</t>
+  </si>
+  <si>
+    <t>Mandarte Island</t>
+  </si>
+  <si>
+    <t>AB058</t>
+  </si>
+  <si>
+    <t>Cardinal Lake</t>
+  </si>
+  <si>
+    <t>AB097</t>
+  </si>
+  <si>
+    <t>Lac La Biche</t>
+  </si>
+  <si>
+    <t>AB003</t>
+  </si>
+  <si>
+    <t>Lesser Slave Lake PP</t>
+  </si>
+  <si>
+    <t>MB099</t>
+  </si>
+  <si>
+    <t>Balabas Island</t>
+  </si>
+  <si>
+    <t>MB038</t>
+  </si>
+  <si>
+    <t>North, West, and East Shoal Lakes</t>
+  </si>
+  <si>
+    <t>AB026</t>
+  </si>
+  <si>
+    <t>Chain Lakes</t>
+  </si>
+  <si>
+    <t>ON012</t>
+  </si>
+  <si>
+    <t>Eastern Lake St. Clair</t>
+  </si>
+  <si>
+    <t>NS056</t>
+  </si>
+  <si>
+    <t>Cape Breton Highlands National Park</t>
+  </si>
+  <si>
+    <t>AB025</t>
+  </si>
+  <si>
+    <t>Dowling Lake</t>
+  </si>
+  <si>
+    <t>MB001</t>
+  </si>
+  <si>
+    <t>Delta Marsh</t>
+  </si>
+  <si>
+    <t>BC124</t>
+  </si>
+  <si>
+    <t>Big Bay south to Delusion Bay</t>
+  </si>
+  <si>
+    <t>QC058</t>
+  </si>
+  <si>
+    <t>Falaise aux Goélands and pointe de l’Est</t>
+  </si>
+  <si>
+    <t>ON026</t>
+  </si>
+  <si>
+    <t>Thedford Flats</t>
+  </si>
+  <si>
+    <t>ON004</t>
+  </si>
+  <si>
+    <t>Presqu'ile Provincial Park</t>
+  </si>
+  <si>
+    <t>PE002</t>
+  </si>
+  <si>
+    <t>Chepstow</t>
+  </si>
+  <si>
+    <t>ON007</t>
+  </si>
+  <si>
+    <t>Greater Rondeau Area</t>
+  </si>
+  <si>
+    <t>QC128</t>
+  </si>
+  <si>
+    <t>Île aux Hérons Migratory Bird Sanctuary</t>
+  </si>
+  <si>
+    <t>MB102</t>
+  </si>
+  <si>
+    <t>North Lake Winnipegosis Reefs</t>
+  </si>
+  <si>
+    <t>MB008</t>
+  </si>
+  <si>
+    <t>Nelson River Estuary &amp; Marsh Point</t>
+  </si>
+  <si>
+    <t>ON112</t>
+  </si>
+  <si>
+    <t>Lac Deschênes-Ottawa River</t>
+  </si>
+  <si>
+    <t>MB083</t>
+  </si>
+  <si>
+    <t>Lake St. Martin Islands</t>
+  </si>
+  <si>
+    <t>MB004</t>
+  </si>
+  <si>
+    <t>Gull and Sandhill Island</t>
+  </si>
+  <si>
+    <t>NS053</t>
+  </si>
+  <si>
+    <t>Northern Head and South Head</t>
+  </si>
+  <si>
+    <t>QC156</t>
+  </si>
+  <si>
+    <t>Mont Mégantic</t>
+  </si>
+  <si>
+    <t>QC063</t>
+  </si>
+  <si>
+    <t>Baie de Brador</t>
+  </si>
+  <si>
+    <t>MB062</t>
+  </si>
+  <si>
+    <t>Little George Island</t>
+  </si>
+  <si>
+    <t>BC075</t>
+  </si>
+  <si>
+    <t>Barkley Sound</t>
+  </si>
+  <si>
+    <t>NS030</t>
+  </si>
+  <si>
+    <t>Cape North and Money Point</t>
+  </si>
+  <si>
     <t>MB006</t>
   </si>
   <si>
     <t>Kaskattama River Mouth</t>
-  </si>
-[...2704 lines deleted...]
-    <t>Cape North and Money Point</t>
   </si>
   <si>
     <t>BC097</t>
   </si>
   <si>
     <t>Amphitrite and Swiftsure Banks</t>
   </si>
   <si>
     <t>ON059</t>
   </si>
   <si>
     <t>Luther Marsh</t>
   </si>
   <si>
     <t>QC118</t>
   </si>
   <si>
     <t>La Grande Île</t>
   </si>
   <si>
     <t>ON099</t>
   </si>
   <si>
     <t>Cabot Head</t>
   </si>
@@ -6930,3291 +6930,3291 @@
       </c>
       <c r="E129" t="s">
         <v>25</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>282</v>
       </c>
       <c r="B130" t="s">
         <v>283</v>
       </c>
       <c r="C130" t="s">
         <v>279</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>284</v>
       </c>
       <c r="B131" t="s">
         <v>285</v>
       </c>
       <c r="C131" t="s">
         <v>279</v>
       </c>
       <c r="D131" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E131" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>286</v>
       </c>
       <c r="B132" t="s">
         <v>287</v>
       </c>
       <c r="C132" t="s">
         <v>279</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>25</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>288</v>
       </c>
       <c r="B133" t="s">
         <v>289</v>
       </c>
       <c r="C133" t="s">
         <v>279</v>
       </c>
       <c r="D133" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E133" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>290</v>
       </c>
       <c r="B134" t="s">
         <v>291</v>
       </c>
       <c r="C134" t="s">
         <v>279</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F134" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>292</v>
       </c>
       <c r="B135" t="s">
         <v>293</v>
       </c>
       <c r="C135" t="s">
         <v>279</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>15</v>
       </c>
       <c r="F135" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G135" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>294</v>
       </c>
       <c r="B136" t="s">
         <v>295</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F136" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>296</v>
       </c>
       <c r="B137" t="s">
         <v>297</v>
       </c>
       <c r="C137" t="s">
         <v>279</v>
       </c>
       <c r="D137" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E137" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>298</v>
       </c>
       <c r="B138" t="s">
         <v>299</v>
       </c>
       <c r="C138" t="s">
         <v>279</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E138" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F138" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>300</v>
       </c>
       <c r="B139" t="s">
         <v>301</v>
       </c>
       <c r="C139" t="s">
         <v>279</v>
       </c>
       <c r="D139" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E139" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F139" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>302</v>
       </c>
       <c r="B140" t="s">
         <v>303</v>
       </c>
       <c r="C140" t="s">
         <v>279</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F140" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>304</v>
       </c>
       <c r="B141" t="s">
         <v>305</v>
       </c>
       <c r="C141" t="s">
         <v>279</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
       <c r="F141" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>306</v>
       </c>
       <c r="B142" t="s">
         <v>307</v>
       </c>
       <c r="C142" t="s">
         <v>279</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>308</v>
       </c>
       <c r="B143" t="s">
         <v>309</v>
       </c>
       <c r="C143" t="s">
         <v>279</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="F143" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G143" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>310</v>
       </c>
       <c r="B144" t="s">
         <v>311</v>
       </c>
       <c r="C144" t="s">
         <v>279</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F144" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>312</v>
       </c>
       <c r="B145" t="s">
         <v>313</v>
       </c>
       <c r="C145" t="s">
         <v>279</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F145" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G145" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>314</v>
       </c>
       <c r="B146" t="s">
         <v>315</v>
       </c>
       <c r="C146" t="s">
         <v>279</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>15</v>
       </c>
       <c r="F146" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>316</v>
       </c>
       <c r="B147" t="s">
         <v>317</v>
       </c>
       <c r="C147" t="s">
         <v>279</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>318</v>
       </c>
       <c r="B148" t="s">
         <v>319</v>
       </c>
       <c r="C148" t="s">
         <v>279</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>15</v>
       </c>
       <c r="F148" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G148" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>320</v>
       </c>
       <c r="B149" t="s">
         <v>321</v>
       </c>
       <c r="C149" t="s">
         <v>279</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F149" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>322</v>
       </c>
       <c r="B150" t="s">
         <v>323</v>
       </c>
       <c r="C150" t="s">
         <v>279</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F150" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G150" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>324</v>
       </c>
       <c r="B151" t="s">
         <v>325</v>
       </c>
       <c r="C151" t="s">
         <v>279</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F151" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>326</v>
       </c>
       <c r="B152" t="s">
         <v>327</v>
       </c>
       <c r="C152" t="s">
         <v>279</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F152" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G152" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>328</v>
       </c>
       <c r="B153" t="s">
         <v>329</v>
       </c>
       <c r="C153" t="s">
         <v>279</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>15</v>
       </c>
       <c r="F153" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G153" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>330</v>
       </c>
       <c r="B154" t="s">
         <v>331</v>
       </c>
       <c r="C154" t="s">
         <v>279</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>332</v>
       </c>
       <c r="B155" t="s">
         <v>333</v>
       </c>
       <c r="C155" t="s">
-        <v>279</v>
+        <v>334</v>
       </c>
       <c r="D155" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E155" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F155" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G155" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
+        <v>335</v>
+      </c>
+      <c r="B156" t="s">
+        <v>336</v>
+      </c>
+      <c r="C156" t="s">
         <v>334</v>
       </c>
-      <c r="B156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>337</v>
       </c>
       <c r="B157" t="s">
         <v>338</v>
       </c>
       <c r="C157" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D157" t="s">
         <v>17</v>
       </c>
       <c r="E157" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F157" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G157" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>339</v>
       </c>
       <c r="B158" t="s">
         <v>340</v>
       </c>
       <c r="C158" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F158" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G158" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>341</v>
       </c>
       <c r="B159" t="s">
         <v>342</v>
       </c>
       <c r="C159" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>343</v>
       </c>
       <c r="B160" t="s">
         <v>344</v>
       </c>
       <c r="C160" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D160" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E160" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F160" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>345</v>
       </c>
       <c r="B161" t="s">
         <v>346</v>
       </c>
       <c r="C161" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D161" t="s">
         <v>17</v>
       </c>
       <c r="E161" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>347</v>
       </c>
       <c r="B162" t="s">
         <v>348</v>
       </c>
       <c r="C162" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F162" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G162" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>349</v>
       </c>
       <c r="B163" t="s">
         <v>350</v>
       </c>
       <c r="C163" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D163" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F163" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G163" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>351</v>
       </c>
       <c r="B164" t="s">
         <v>352</v>
       </c>
       <c r="C164" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D164" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E164" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F164" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G164" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>353</v>
       </c>
       <c r="B165" t="s">
         <v>354</v>
       </c>
       <c r="C165" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D165" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F165" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>355</v>
       </c>
       <c r="B166" t="s">
         <v>356</v>
       </c>
       <c r="C166" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D166" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E166" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>357</v>
       </c>
       <c r="B167" t="s">
         <v>358</v>
       </c>
       <c r="C167" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D167" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>25</v>
       </c>
       <c r="F167" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G167" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>359</v>
       </c>
       <c r="B168" t="s">
         <v>360</v>
       </c>
       <c r="C168" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F168" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>361</v>
       </c>
       <c r="B169" t="s">
         <v>362</v>
       </c>
       <c r="C169" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>363</v>
       </c>
       <c r="B170" t="s">
         <v>364</v>
       </c>
       <c r="C170" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D170" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E170" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F170" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G170" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>365</v>
       </c>
       <c r="B171" t="s">
         <v>366</v>
       </c>
       <c r="C171" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>367</v>
       </c>
       <c r="B172" t="s">
         <v>368</v>
       </c>
       <c r="C172" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>369</v>
       </c>
       <c r="B173" t="s">
         <v>370</v>
       </c>
       <c r="C173" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>15</v>
       </c>
       <c r="F173" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>371</v>
       </c>
       <c r="B174" t="s">
         <v>372</v>
       </c>
       <c r="C174" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>15</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>373</v>
       </c>
       <c r="B175" t="s">
         <v>374</v>
       </c>
       <c r="C175" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>375</v>
       </c>
       <c r="B176" t="s">
         <v>376</v>
       </c>
       <c r="C176" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>377</v>
       </c>
       <c r="B177" t="s">
         <v>378</v>
       </c>
       <c r="C177" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D177" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E177" t="s">
         <v>15</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>379</v>
       </c>
       <c r="B178" t="s">
         <v>380</v>
       </c>
       <c r="C178" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F178" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>381</v>
       </c>
       <c r="B179" t="s">
         <v>382</v>
       </c>
       <c r="C179" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>383</v>
       </c>
       <c r="B180" t="s">
         <v>384</v>
       </c>
       <c r="C180" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>25</v>
       </c>
       <c r="F180" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G180" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>385</v>
       </c>
       <c r="B181" t="s">
         <v>386</v>
       </c>
       <c r="C181" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D181" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E181" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>387</v>
       </c>
       <c r="B182" t="s">
         <v>388</v>
       </c>
       <c r="C182" t="s">
-        <v>336</v>
+        <v>246</v>
       </c>
       <c r="D182" t="s">
         <v>17</v>
       </c>
       <c r="E182" t="s">
         <v>69</v>
       </c>
       <c r="F182" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G182" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>389</v>
       </c>
       <c r="B183" t="s">
         <v>390</v>
       </c>
       <c r="C183" t="s">
         <v>246</v>
       </c>
       <c r="D183" t="s">
         <v>17</v>
       </c>
       <c r="E183" t="s">
         <v>69</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>391</v>
       </c>
       <c r="B184" t="s">
         <v>392</v>
       </c>
       <c r="C184" t="s">
         <v>246</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>393</v>
       </c>
       <c r="B185" t="s">
         <v>394</v>
       </c>
       <c r="C185" t="s">
         <v>246</v>
       </c>
       <c r="D185" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E185" t="s">
-        <v>227</v>
+        <v>101</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>395</v>
       </c>
       <c r="B186" t="s">
         <v>396</v>
       </c>
       <c r="C186" t="s">
         <v>246</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E186" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F186" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>397</v>
       </c>
       <c r="B187" t="s">
         <v>398</v>
       </c>
       <c r="C187" t="s">
         <v>246</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>399</v>
       </c>
       <c r="B188" t="s">
         <v>400</v>
       </c>
       <c r="C188" t="s">
         <v>246</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>15</v>
       </c>
       <c r="F188" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G188" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>401</v>
       </c>
       <c r="B189" t="s">
         <v>402</v>
       </c>
       <c r="C189" t="s">
         <v>246</v>
       </c>
       <c r="D189" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E189" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>403</v>
       </c>
       <c r="B190" t="s">
         <v>404</v>
       </c>
       <c r="C190" t="s">
         <v>246</v>
       </c>
       <c r="D190" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E190" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>405</v>
       </c>
       <c r="B191" t="s">
         <v>406</v>
       </c>
       <c r="C191" t="s">
         <v>246</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F191" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>407</v>
       </c>
       <c r="B192" t="s">
         <v>408</v>
       </c>
       <c r="C192" t="s">
         <v>246</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>15</v>
       </c>
       <c r="F192" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>409</v>
       </c>
       <c r="B193" t="s">
         <v>410</v>
       </c>
       <c r="C193" t="s">
         <v>246</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>15</v>
       </c>
       <c r="F193" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>411</v>
       </c>
       <c r="B194" t="s">
         <v>412</v>
       </c>
       <c r="C194" t="s">
         <v>246</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>413</v>
       </c>
       <c r="B195" t="s">
         <v>414</v>
       </c>
       <c r="C195" t="s">
         <v>246</v>
       </c>
       <c r="D195" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E195" t="s">
         <v>101</v>
       </c>
       <c r="F195" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G195" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>415</v>
       </c>
       <c r="B196" t="s">
         <v>416</v>
       </c>
       <c r="C196" t="s">
         <v>246</v>
       </c>
       <c r="D196" t="s">
         <v>17</v>
       </c>
       <c r="E196" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F196" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G196" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>417</v>
       </c>
       <c r="B197" t="s">
         <v>418</v>
       </c>
       <c r="C197" t="s">
         <v>246</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>25</v>
       </c>
       <c r="F197" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G197" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>419</v>
       </c>
       <c r="B198" t="s">
         <v>420</v>
       </c>
       <c r="C198" t="s">
         <v>246</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>421</v>
       </c>
       <c r="B199" t="s">
         <v>422</v>
       </c>
       <c r="C199" t="s">
         <v>246</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>15</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>423</v>
       </c>
       <c r="B200" t="s">
         <v>424</v>
       </c>
       <c r="C200" t="s">
         <v>246</v>
       </c>
       <c r="D200" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E200" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>425</v>
       </c>
       <c r="B201" t="s">
         <v>426</v>
       </c>
       <c r="C201" t="s">
         <v>246</v>
       </c>
       <c r="D201" t="s">
         <v>17</v>
       </c>
       <c r="E201" t="s">
         <v>101</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>427</v>
       </c>
       <c r="B202" t="s">
         <v>428</v>
       </c>
       <c r="C202" t="s">
         <v>246</v>
       </c>
       <c r="D202" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F202" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G202" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>429</v>
       </c>
       <c r="B203" t="s">
         <v>430</v>
       </c>
       <c r="C203" t="s">
         <v>246</v>
       </c>
       <c r="D203" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E203" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F203" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>431</v>
       </c>
       <c r="B204" t="s">
         <v>432</v>
       </c>
       <c r="C204" t="s">
         <v>246</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F204" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>433</v>
       </c>
       <c r="B205" t="s">
         <v>434</v>
       </c>
       <c r="C205" t="s">
         <v>246</v>
       </c>
       <c r="D205" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E205" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>435</v>
       </c>
       <c r="B206" t="s">
         <v>436</v>
       </c>
       <c r="C206" t="s">
         <v>246</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E206" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F206" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G206" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>437</v>
       </c>
       <c r="B207" t="s">
         <v>438</v>
       </c>
       <c r="C207" t="s">
         <v>246</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>25</v>
       </c>
       <c r="F207" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>439</v>
       </c>
       <c r="B208" t="s">
         <v>440</v>
       </c>
       <c r="C208" t="s">
         <v>246</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>25</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>441</v>
       </c>
       <c r="B209" t="s">
         <v>442</v>
       </c>
       <c r="C209" t="s">
-        <v>246</v>
+        <v>443</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
+        <v>444</v>
+      </c>
+      <c r="B210" t="s">
+        <v>445</v>
+      </c>
+      <c r="C210" t="s">
         <v>443</v>
       </c>
-      <c r="B210" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F210" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>446</v>
       </c>
       <c r="B211" t="s">
         <v>447</v>
       </c>
       <c r="C211" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D211" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E211" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F211" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>448</v>
       </c>
       <c r="B212" t="s">
         <v>449</v>
       </c>
       <c r="C212" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D212" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E212" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>450</v>
       </c>
       <c r="B213" t="s">
         <v>451</v>
       </c>
       <c r="C213" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>452</v>
       </c>
       <c r="B214" t="s">
         <v>453</v>
       </c>
       <c r="C214" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D214" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E214" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>454</v>
       </c>
       <c r="B215" t="s">
         <v>455</v>
       </c>
       <c r="C215" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D215" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>69</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>456</v>
       </c>
       <c r="B216" t="s">
         <v>457</v>
       </c>
       <c r="C216" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D216" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E216" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F216" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G216" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>458</v>
       </c>
       <c r="B217" t="s">
         <v>459</v>
       </c>
       <c r="C217" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D217" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>460</v>
       </c>
       <c r="B218" t="s">
         <v>461</v>
       </c>
       <c r="C218" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D218" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E218" t="s">
         <v>69</v>
       </c>
       <c r="F218" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G218" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>462</v>
       </c>
       <c r="B219" t="s">
         <v>463</v>
       </c>
       <c r="C219" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D219" t="s">
         <v>17</v>
       </c>
       <c r="E219" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>464</v>
       </c>
       <c r="B220" t="s">
         <v>465</v>
       </c>
       <c r="C220" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D220" t="s">
         <v>17</v>
       </c>
       <c r="E220" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>466</v>
       </c>
       <c r="B221" t="s">
         <v>467</v>
       </c>
       <c r="C221" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D221" t="s">
         <v>17</v>
       </c>
       <c r="E221" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F221" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G221" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>468</v>
       </c>
       <c r="B222" t="s">
         <v>469</v>
       </c>
       <c r="C222" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D222" t="s">
         <v>17</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>470</v>
       </c>
       <c r="B223" t="s">
         <v>471</v>
       </c>
       <c r="C223" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E223" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F223" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G223" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>472</v>
       </c>
       <c r="B224" t="s">
         <v>473</v>
       </c>
       <c r="C224" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D224" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E224" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>474</v>
       </c>
       <c r="B225" t="s">
         <v>475</v>
       </c>
       <c r="C225" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E225" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>476</v>
       </c>
       <c r="B226" t="s">
         <v>477</v>
       </c>
       <c r="C226" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D226" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E226" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F226" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G226" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>478</v>
       </c>
       <c r="B227" t="s">
         <v>479</v>
       </c>
       <c r="C227" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D227" t="s">
         <v>17</v>
       </c>
       <c r="E227" t="s">
         <v>101</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>480</v>
       </c>
       <c r="B228" t="s">
         <v>481</v>
       </c>
       <c r="C228" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E228" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F228" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G228" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>482</v>
       </c>
       <c r="B229" t="s">
         <v>483</v>
       </c>
       <c r="C229" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D229" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E229" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F229" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>484</v>
       </c>
       <c r="B230" t="s">
         <v>485</v>
       </c>
       <c r="C230" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D230" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>25</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>486</v>
       </c>
       <c r="B231" t="s">
         <v>487</v>
       </c>
       <c r="C231" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>25</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>488</v>
       </c>
       <c r="B232" t="s">
         <v>489</v>
       </c>
       <c r="C232" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D232" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E232" t="s">
         <v>25</v>
       </c>
       <c r="F232" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G232" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>490</v>
       </c>
       <c r="B233" t="s">
         <v>491</v>
       </c>
       <c r="C233" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D233" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E233" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F233" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G233" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>492</v>
       </c>
       <c r="B234" t="s">
         <v>493</v>
       </c>
       <c r="C234" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>15</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>494</v>
       </c>
       <c r="B235" t="s">
         <v>495</v>
       </c>
       <c r="C235" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>15</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>496</v>
       </c>
       <c r="B236" t="s">
         <v>497</v>
       </c>
       <c r="C236" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>15</v>
       </c>
       <c r="F236" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G236" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>498</v>
       </c>
       <c r="B237" t="s">
         <v>499</v>
       </c>
       <c r="C237" t="s">
-        <v>445</v>
+        <v>500</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
+        <v>501</v>
+      </c>
+      <c r="B238" t="s">
+        <v>502</v>
+      </c>
+      <c r="C238" t="s">
         <v>500</v>
       </c>
-      <c r="B238" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>503</v>
       </c>
       <c r="B239" t="s">
         <v>504</v>
       </c>
       <c r="C239" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>505</v>
       </c>
       <c r="B240" t="s">
         <v>506</v>
       </c>
       <c r="C240" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F240" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>507</v>
       </c>
       <c r="B241" t="s">
         <v>508</v>
       </c>
       <c r="C241" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>15</v>
       </c>
       <c r="F241" t="s">
         <v>16</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>509</v>
       </c>
       <c r="B242" t="s">
         <v>510</v>
       </c>
       <c r="C242" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D242" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E242" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F242" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>511</v>
       </c>
       <c r="B243" t="s">
         <v>512</v>
       </c>
       <c r="C243" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D243" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F243" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>513</v>
       </c>
       <c r="B244" t="s">
         <v>514</v>
       </c>
       <c r="C244" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D244" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E244" t="s">
         <v>15</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>515</v>
       </c>
       <c r="B245" t="s">
         <v>516</v>
       </c>
       <c r="C245" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D245" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>15</v>
       </c>
       <c r="F245" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>517</v>
       </c>
       <c r="B246" t="s">
         <v>518</v>
       </c>
       <c r="C246" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>15</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>519</v>
       </c>
       <c r="B247" t="s">
         <v>520</v>
       </c>
       <c r="C247" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>15</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>521</v>
       </c>
       <c r="B248" t="s">
         <v>522</v>
       </c>
       <c r="C248" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>15</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>523</v>
       </c>
       <c r="B249" t="s">
         <v>524</v>
       </c>
       <c r="C249" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>15</v>
       </c>
       <c r="F249" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>525</v>
       </c>
       <c r="B250" t="s">
         <v>526</v>
       </c>
       <c r="C250" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>15</v>
       </c>
       <c r="F250" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G250" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>527</v>
       </c>
       <c r="B251" t="s">
         <v>528</v>
       </c>
       <c r="C251" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>15</v>
       </c>
       <c r="F251" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>529</v>
       </c>
       <c r="B252" t="s">
         <v>530</v>
       </c>
       <c r="C252" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>15</v>
       </c>
       <c r="F252" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>531</v>
       </c>
       <c r="B253" t="s">
         <v>532</v>
       </c>
       <c r="C253" t="s">
-        <v>502</v>
+        <v>56</v>
       </c>
       <c r="D253" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E253" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>533</v>
       </c>
       <c r="B254" t="s">
         <v>534</v>
       </c>
       <c r="C254" t="s">
         <v>56</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>535</v>
       </c>
       <c r="B255" t="s">
         <v>536</v>
       </c>
       <c r="C255" t="s">
         <v>56</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>537</v>
       </c>
       <c r="B256" t="s">
         <v>538</v>
       </c>
       <c r="C256" t="s">
         <v>56</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>15</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>539</v>
       </c>
       <c r="B257" t="s">
         <v>540</v>
       </c>
       <c r="C257" t="s">
         <v>56</v>
       </c>
       <c r="D257" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E257" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>541</v>
       </c>
       <c r="B258" t="s">
         <v>542</v>
       </c>
       <c r="C258" t="s">
         <v>56</v>
       </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E258" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>543</v>
       </c>
       <c r="B259" t="s">
         <v>544</v>
       </c>
       <c r="C259" t="s">
         <v>56</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>25</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>545</v>
       </c>
       <c r="B260" t="s">
         <v>546</v>
       </c>
       <c r="C260" t="s">
         <v>56</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>547</v>
       </c>
       <c r="B261" t="s">
         <v>548</v>
       </c>
       <c r="C261" t="s">
         <v>56</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>15</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>549</v>
       </c>
       <c r="B262" t="s">
         <v>550</v>
       </c>
       <c r="C262" t="s">
         <v>56</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>551</v>
       </c>
       <c r="B263" t="s">
         <v>552</v>
       </c>
       <c r="C263" t="s">
         <v>56</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>553</v>
       </c>
       <c r="B264" t="s">
         <v>554</v>
       </c>
       <c r="C264" t="s">
         <v>56</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F264" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G264" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>555</v>
       </c>
       <c r="B265" t="s">
         <v>556</v>
       </c>
       <c r="C265" t="s">
         <v>56</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>15</v>
       </c>
       <c r="F265" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G265" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>557</v>
       </c>
       <c r="B266" t="s">
         <v>558</v>
       </c>
       <c r="C266" t="s">
         <v>56</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>15</v>
       </c>
       <c r="F266" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>559</v>
       </c>
       <c r="B267" t="s">
         <v>560</v>
       </c>
       <c r="C267" t="s">
         <v>56</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>15</v>
       </c>
       <c r="F267" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>561</v>
       </c>
       <c r="B268" t="s">
         <v>562</v>
       </c>
       <c r="C268" t="s">
         <v>56</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>15</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>563</v>
       </c>
       <c r="B269" t="s">
         <v>564</v>
       </c>
       <c r="C269" t="s">
         <v>56</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>15</v>
       </c>
       <c r="F269" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>565</v>
       </c>
       <c r="B270" t="s">
         <v>566</v>
       </c>
       <c r="C270" t="s">
         <v>56</v>
       </c>
       <c r="D270" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E270" t="s">
         <v>15</v>
       </c>
       <c r="F270" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>567</v>
       </c>
       <c r="B271" t="s">
         <v>568</v>
       </c>
       <c r="C271" t="s">
         <v>56</v>
       </c>
       <c r="D271" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>15</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>569</v>
       </c>
       <c r="B272" t="s">
         <v>570</v>
       </c>
       <c r="C272" t="s">
         <v>56</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
@@ -10268,51 +10268,51 @@
       </c>
       <c r="F274" t="s">
         <v>20</v>
       </c>
       <c r="G274" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>575</v>
       </c>
       <c r="B275" t="s">
         <v>576</v>
       </c>
       <c r="C275" t="s">
         <v>56</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>15</v>
       </c>
       <c r="F275" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>577</v>
       </c>
       <c r="B276" t="s">
         <v>578</v>
       </c>
       <c r="C276" t="s">
         <v>56</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>15</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
@@ -10337,534 +10337,534 @@
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>581</v>
       </c>
       <c r="B278" t="s">
         <v>582</v>
       </c>
       <c r="C278" t="s">
         <v>56</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>15</v>
       </c>
       <c r="F278" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G278" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>583</v>
       </c>
       <c r="B279" t="s">
         <v>584</v>
       </c>
       <c r="C279" t="s">
         <v>56</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>15</v>
       </c>
       <c r="F279" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>585</v>
       </c>
       <c r="B280" t="s">
         <v>586</v>
       </c>
       <c r="C280" t="s">
         <v>56</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F280" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G280" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>587</v>
       </c>
       <c r="B281" t="s">
         <v>588</v>
       </c>
       <c r="C281" t="s">
         <v>56</v>
       </c>
       <c r="D281" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E281" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>589</v>
       </c>
       <c r="B282" t="s">
         <v>590</v>
       </c>
       <c r="C282" t="s">
         <v>56</v>
       </c>
       <c r="D282" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>15</v>
       </c>
       <c r="F282" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G282" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>591</v>
       </c>
       <c r="B283" t="s">
         <v>592</v>
       </c>
       <c r="C283" t="s">
         <v>56</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>15</v>
       </c>
       <c r="F283" t="s">
         <v>20</v>
       </c>
       <c r="G283" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>593</v>
       </c>
       <c r="B284" t="s">
         <v>594</v>
       </c>
       <c r="C284" t="s">
         <v>56</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>15</v>
       </c>
       <c r="F284" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>595</v>
       </c>
       <c r="B285" t="s">
         <v>596</v>
       </c>
       <c r="C285" t="s">
         <v>56</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>15</v>
       </c>
       <c r="F285" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>597</v>
       </c>
       <c r="B286" t="s">
         <v>598</v>
       </c>
       <c r="C286" t="s">
         <v>56</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>15</v>
       </c>
       <c r="F286" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>599</v>
       </c>
       <c r="B287" t="s">
         <v>600</v>
       </c>
       <c r="C287" t="s">
         <v>56</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>15</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>601</v>
       </c>
       <c r="B288" t="s">
         <v>602</v>
       </c>
       <c r="C288" t="s">
         <v>56</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>15</v>
       </c>
       <c r="F288" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>603</v>
       </c>
       <c r="B289" t="s">
         <v>604</v>
       </c>
       <c r="C289" t="s">
         <v>56</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>15</v>
       </c>
       <c r="F289" t="s">
         <v>20</v>
       </c>
       <c r="G289" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>605</v>
       </c>
       <c r="B290" t="s">
         <v>606</v>
       </c>
       <c r="C290" t="s">
         <v>56</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>15</v>
       </c>
       <c r="F290" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>607</v>
       </c>
       <c r="B291" t="s">
         <v>608</v>
       </c>
       <c r="C291" t="s">
         <v>56</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>15</v>
       </c>
       <c r="F291" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>609</v>
       </c>
       <c r="B292" t="s">
         <v>610</v>
       </c>
       <c r="C292" t="s">
         <v>56</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>15</v>
       </c>
       <c r="F292" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G292" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>611</v>
       </c>
       <c r="B293" t="s">
         <v>612</v>
       </c>
       <c r="C293" t="s">
         <v>56</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>15</v>
       </c>
       <c r="F293" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>613</v>
       </c>
       <c r="B294" t="s">
         <v>614</v>
       </c>
       <c r="C294" t="s">
         <v>56</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>15</v>
       </c>
       <c r="F294" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>615</v>
       </c>
       <c r="B295" t="s">
         <v>616</v>
       </c>
       <c r="C295" t="s">
         <v>56</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F295" t="s">
         <v>20</v>
       </c>
       <c r="G295" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>617</v>
       </c>
       <c r="B296" t="s">
         <v>618</v>
       </c>
       <c r="C296" t="s">
         <v>56</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F296" t="s">
         <v>20</v>
       </c>
       <c r="G296" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>619</v>
       </c>
       <c r="B297" t="s">
         <v>620</v>
       </c>
       <c r="C297" t="s">
         <v>56</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>15</v>
       </c>
       <c r="F297" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G297" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>621</v>
       </c>
       <c r="B298" t="s">
         <v>622</v>
       </c>
       <c r="C298" t="s">
         <v>56</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>15</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>623</v>
       </c>
       <c r="B299" t="s">
         <v>624</v>
       </c>
       <c r="C299" t="s">
         <v>56</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>15</v>
       </c>
       <c r="F299" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G299" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>625</v>
       </c>
       <c r="B300" t="s">
         <v>626</v>
       </c>
       <c r="C300" t="s">
         <v>56</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>15</v>
       </c>
       <c r="F300" t="s">
         <v>16</v>
       </c>
       <c r="G300" t="s">
@@ -10889,1112 +10889,1112 @@
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>629</v>
       </c>
       <c r="B302" t="s">
         <v>630</v>
       </c>
       <c r="C302" t="s">
         <v>56</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>15</v>
       </c>
       <c r="F302" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G302" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>631</v>
       </c>
       <c r="B303" t="s">
         <v>632</v>
       </c>
       <c r="C303" t="s">
         <v>56</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>15</v>
       </c>
       <c r="F303" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G303" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>633</v>
       </c>
       <c r="B304" t="s">
         <v>634</v>
       </c>
       <c r="C304" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
       <c r="D304" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E304" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>635</v>
       </c>
       <c r="B305" t="s">
         <v>636</v>
       </c>
       <c r="C305" t="s">
         <v>141</v>
       </c>
       <c r="D305" t="s">
         <v>17</v>
       </c>
       <c r="E305" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>637</v>
       </c>
       <c r="B306" t="s">
         <v>638</v>
       </c>
       <c r="C306" t="s">
         <v>141</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="E306" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>639</v>
       </c>
       <c r="B307" t="s">
         <v>640</v>
       </c>
       <c r="C307" t="s">
         <v>141</v>
       </c>
       <c r="D307" t="s">
         <v>17</v>
       </c>
       <c r="E307" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>641</v>
       </c>
       <c r="B308" t="s">
         <v>642</v>
       </c>
       <c r="C308" t="s">
         <v>141</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
       <c r="E308" t="s">
         <v>101</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>643</v>
       </c>
       <c r="B309" t="s">
         <v>644</v>
       </c>
       <c r="C309" t="s">
         <v>141</v>
       </c>
       <c r="D309" t="s">
         <v>17</v>
       </c>
       <c r="E309" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F309" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G309" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>645</v>
       </c>
       <c r="B310" t="s">
         <v>646</v>
       </c>
       <c r="C310" t="s">
         <v>141</v>
       </c>
       <c r="D310" t="s">
         <v>17</v>
       </c>
       <c r="E310" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F310" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G310" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>647</v>
       </c>
       <c r="B311" t="s">
         <v>648</v>
       </c>
       <c r="C311" t="s">
         <v>141</v>
       </c>
       <c r="D311" t="s">
         <v>17</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>649</v>
       </c>
       <c r="B312" t="s">
         <v>650</v>
       </c>
       <c r="C312" t="s">
         <v>141</v>
       </c>
       <c r="D312" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E312" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>651</v>
       </c>
       <c r="B313" t="s">
         <v>652</v>
       </c>
       <c r="C313" t="s">
         <v>141</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F313" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G313" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>653</v>
       </c>
       <c r="B314" t="s">
         <v>654</v>
       </c>
       <c r="C314" t="s">
         <v>141</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>15</v>
       </c>
       <c r="F314" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G314" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>655</v>
       </c>
       <c r="B315" t="s">
         <v>656</v>
       </c>
       <c r="C315" t="s">
         <v>141</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>15</v>
       </c>
       <c r="F315" t="s">
         <v>20</v>
       </c>
       <c r="G315" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>657</v>
       </c>
       <c r="B316" t="s">
         <v>658</v>
       </c>
       <c r="C316" t="s">
         <v>141</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>15</v>
       </c>
       <c r="F316" t="s">
         <v>20</v>
       </c>
       <c r="G316" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>659</v>
       </c>
       <c r="B317" t="s">
         <v>660</v>
       </c>
       <c r="C317" t="s">
         <v>141</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>15</v>
       </c>
       <c r="F317" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G317" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>661</v>
       </c>
       <c r="B318" t="s">
         <v>662</v>
       </c>
       <c r="C318" t="s">
         <v>141</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>15</v>
       </c>
       <c r="F318" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G318" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>663</v>
       </c>
       <c r="B319" t="s">
         <v>664</v>
       </c>
       <c r="C319" t="s">
         <v>141</v>
       </c>
       <c r="D319" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E319" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F319" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G319" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>665</v>
       </c>
       <c r="B320" t="s">
         <v>666</v>
       </c>
       <c r="C320" t="s">
         <v>141</v>
       </c>
       <c r="D320" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E320" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F320" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G320" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>667</v>
       </c>
       <c r="B321" t="s">
         <v>668</v>
       </c>
       <c r="C321" t="s">
         <v>141</v>
       </c>
       <c r="D321" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E321" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F321" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G321" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>669</v>
       </c>
       <c r="B322" t="s">
         <v>670</v>
       </c>
       <c r="C322" t="s">
         <v>141</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E322" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F322" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G322" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>671</v>
       </c>
       <c r="B323" t="s">
         <v>672</v>
       </c>
       <c r="C323" t="s">
         <v>141</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>15</v>
       </c>
       <c r="F323" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G323" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>673</v>
       </c>
       <c r="B324" t="s">
         <v>674</v>
       </c>
       <c r="C324" t="s">
         <v>141</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>15</v>
       </c>
       <c r="F324" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G324" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>675</v>
       </c>
       <c r="B325" t="s">
         <v>676</v>
       </c>
       <c r="C325" t="s">
         <v>141</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>15</v>
       </c>
       <c r="F325" t="s">
         <v>20</v>
       </c>
       <c r="G325" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>677</v>
       </c>
       <c r="B326" t="s">
         <v>678</v>
       </c>
       <c r="C326" t="s">
         <v>141</v>
       </c>
       <c r="D326" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E326" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F326" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G326" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>679</v>
       </c>
       <c r="B327" t="s">
         <v>680</v>
       </c>
       <c r="C327" t="s">
         <v>141</v>
       </c>
       <c r="D327" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E327" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F327" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G327" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>681</v>
       </c>
       <c r="B328" t="s">
         <v>682</v>
       </c>
       <c r="C328" t="s">
         <v>141</v>
       </c>
       <c r="D328" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E328" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F328" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G328" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>683</v>
       </c>
       <c r="B329" t="s">
         <v>684</v>
       </c>
       <c r="C329" t="s">
         <v>141</v>
       </c>
       <c r="D329" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E329" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>685</v>
       </c>
       <c r="B330" t="s">
         <v>686</v>
       </c>
       <c r="C330" t="s">
         <v>141</v>
       </c>
       <c r="D330" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E330" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F330" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G330" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>687</v>
       </c>
       <c r="B331" t="s">
         <v>688</v>
       </c>
       <c r="C331" t="s">
-        <v>141</v>
+        <v>689</v>
       </c>
       <c r="D331" t="s">
         <v>17</v>
       </c>
       <c r="E331" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F331" t="s">
         <v>20</v>
       </c>
       <c r="G331" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B332" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C332" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
       <c r="D332" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>15</v>
       </c>
       <c r="F332" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G332" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>692</v>
       </c>
       <c r="B333" t="s">
         <v>693</v>
       </c>
       <c r="C333" t="s">
         <v>141</v>
       </c>
       <c r="D333" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E333" t="s">
         <v>15</v>
       </c>
       <c r="F333" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G333" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>694</v>
       </c>
       <c r="B334" t="s">
         <v>695</v>
       </c>
       <c r="C334" t="s">
         <v>141</v>
       </c>
       <c r="D334" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>15</v>
       </c>
       <c r="F334" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G334" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>696</v>
       </c>
       <c r="B335" t="s">
         <v>697</v>
       </c>
       <c r="C335" t="s">
         <v>141</v>
       </c>
       <c r="D335" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E335" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>698</v>
       </c>
       <c r="B336" t="s">
         <v>699</v>
       </c>
       <c r="C336" t="s">
         <v>141</v>
       </c>
       <c r="D336" t="s">
         <v>17</v>
       </c>
       <c r="E336" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F336" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G336" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>700</v>
       </c>
       <c r="B337" t="s">
         <v>701</v>
       </c>
       <c r="C337" t="s">
         <v>141</v>
       </c>
       <c r="D337" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>15</v>
       </c>
       <c r="F337" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G337" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>702</v>
       </c>
       <c r="B338" t="s">
         <v>703</v>
       </c>
       <c r="C338" t="s">
         <v>141</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>15</v>
       </c>
       <c r="F338" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G338" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>704</v>
       </c>
       <c r="B339" t="s">
         <v>705</v>
       </c>
       <c r="C339" t="s">
         <v>141</v>
       </c>
       <c r="D339" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E339" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F339" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G339" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>706</v>
       </c>
       <c r="B340" t="s">
         <v>707</v>
       </c>
       <c r="C340" t="s">
         <v>141</v>
       </c>
       <c r="D340" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E340" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F340" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G340" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>708</v>
       </c>
       <c r="B341" t="s">
         <v>709</v>
       </c>
       <c r="C341" t="s">
         <v>141</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>15</v>
       </c>
       <c r="F341" t="s">
         <v>16</v>
       </c>
       <c r="G341" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>710</v>
       </c>
       <c r="B342" t="s">
         <v>711</v>
       </c>
       <c r="C342" t="s">
         <v>141</v>
       </c>
       <c r="D342" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E342" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F342" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G342" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>712</v>
       </c>
       <c r="B343" t="s">
         <v>713</v>
       </c>
       <c r="C343" t="s">
         <v>141</v>
       </c>
       <c r="D343" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E343" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>714</v>
       </c>
       <c r="B344" t="s">
         <v>715</v>
       </c>
       <c r="C344" t="s">
         <v>141</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>25</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>716</v>
       </c>
       <c r="B345" t="s">
         <v>717</v>
       </c>
       <c r="C345" t="s">
         <v>141</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>718</v>
       </c>
       <c r="B346" t="s">
         <v>719</v>
       </c>
       <c r="C346" t="s">
         <v>141</v>
       </c>
       <c r="D346" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E346" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F346" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G346" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>720</v>
       </c>
       <c r="B347" t="s">
         <v>721</v>
       </c>
       <c r="C347" t="s">
         <v>141</v>
       </c>
       <c r="D347" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E347" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F347" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G347" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>722</v>
       </c>
       <c r="B348" t="s">
         <v>723</v>
       </c>
       <c r="C348" t="s">
         <v>141</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F348" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G348" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>724</v>
       </c>
       <c r="B349" t="s">
         <v>725</v>
       </c>
       <c r="C349" t="s">
         <v>141</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>15</v>
       </c>
       <c r="F349" t="s">
         <v>16</v>
       </c>
       <c r="G349" t="s">
         <v>17</v>
       </c>
     </row>
@@ -12013,3415 +12013,3415 @@
       </c>
       <c r="E350" t="s">
         <v>15</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>728</v>
       </c>
       <c r="B351" t="s">
         <v>729</v>
       </c>
       <c r="C351" t="s">
         <v>141</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F351" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G351" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>730</v>
       </c>
       <c r="B352" t="s">
         <v>731</v>
       </c>
       <c r="C352" t="s">
         <v>141</v>
       </c>
       <c r="D352" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E352" t="s">
         <v>25</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>732</v>
       </c>
       <c r="B353" t="s">
         <v>733</v>
       </c>
       <c r="C353" t="s">
         <v>141</v>
       </c>
       <c r="D353" t="s">
         <v>17</v>
       </c>
       <c r="E353" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>734</v>
       </c>
       <c r="B354" t="s">
         <v>735</v>
       </c>
       <c r="C354" t="s">
         <v>141</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E354" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F354" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G354" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>736</v>
       </c>
       <c r="B355" t="s">
         <v>737</v>
       </c>
       <c r="C355" t="s">
         <v>141</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>15</v>
       </c>
       <c r="F355" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G355" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>738</v>
       </c>
       <c r="B356" t="s">
         <v>739</v>
       </c>
       <c r="C356" t="s">
         <v>141</v>
       </c>
       <c r="D356" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E356" t="s">
         <v>15</v>
       </c>
       <c r="F356" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G356" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>740</v>
       </c>
       <c r="B357" t="s">
         <v>741</v>
       </c>
       <c r="C357" t="s">
         <v>141</v>
       </c>
       <c r="D357" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>15</v>
       </c>
       <c r="F357" t="s">
         <v>20</v>
       </c>
       <c r="G357" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>742</v>
       </c>
       <c r="B358" t="s">
         <v>743</v>
       </c>
       <c r="C358" t="s">
         <v>141</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F358" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G358" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>744</v>
       </c>
       <c r="B359" t="s">
         <v>745</v>
       </c>
       <c r="C359" t="s">
-        <v>141</v>
+        <v>746</v>
       </c>
       <c r="D359" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E359" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
+        <v>747</v>
+      </c>
+      <c r="B360" t="s">
+        <v>748</v>
+      </c>
+      <c r="C360" t="s">
         <v>746</v>
       </c>
-      <c r="B360" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D360" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E360" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F360" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G360" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
         <v>749</v>
       </c>
       <c r="B361" t="s">
         <v>750</v>
       </c>
       <c r="C361" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>15</v>
       </c>
       <c r="F361" t="s">
         <v>20</v>
       </c>
       <c r="G361" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>751</v>
       </c>
       <c r="B362" t="s">
         <v>752</v>
       </c>
       <c r="C362" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>15</v>
       </c>
       <c r="F362" t="s">
         <v>20</v>
       </c>
       <c r="G362" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>753</v>
       </c>
       <c r="B363" t="s">
         <v>754</v>
       </c>
       <c r="C363" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>15</v>
       </c>
       <c r="F363" t="s">
         <v>20</v>
       </c>
       <c r="G363" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>755</v>
       </c>
       <c r="B364" t="s">
         <v>756</v>
       </c>
       <c r="C364" t="s">
-        <v>748</v>
+        <v>689</v>
       </c>
       <c r="D364" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E364" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F364" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G364" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>757</v>
       </c>
       <c r="B365" t="s">
         <v>758</v>
       </c>
       <c r="C365" t="s">
-        <v>691</v>
+        <v>746</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E365" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F365" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G365" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>759</v>
       </c>
       <c r="B366" t="s">
         <v>760</v>
       </c>
       <c r="C366" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>15</v>
       </c>
       <c r="F366" t="s">
         <v>20</v>
       </c>
       <c r="G366" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>761</v>
       </c>
       <c r="B367" t="s">
         <v>762</v>
       </c>
       <c r="C367" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>15</v>
       </c>
       <c r="F367" t="s">
         <v>20</v>
       </c>
       <c r="G367" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>763</v>
       </c>
       <c r="B368" t="s">
         <v>764</v>
       </c>
       <c r="C368" t="s">
-        <v>748</v>
+        <v>443</v>
       </c>
       <c r="D368" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E368" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F368" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G368" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>765</v>
       </c>
       <c r="B369" t="s">
         <v>766</v>
       </c>
       <c r="C369" t="s">
-        <v>445</v>
+        <v>746</v>
       </c>
       <c r="D369" t="s">
         <v>17</v>
       </c>
       <c r="E369" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F369" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G369" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>767</v>
       </c>
       <c r="B370" t="s">
         <v>768</v>
       </c>
       <c r="C370" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D370" t="s">
         <v>17</v>
       </c>
       <c r="E370" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F370" t="s">
         <v>20</v>
       </c>
       <c r="G370" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
         <v>769</v>
       </c>
       <c r="B371" t="s">
         <v>770</v>
       </c>
       <c r="C371" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D371" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E371" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F371" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G371" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>771</v>
       </c>
       <c r="B372" t="s">
         <v>772</v>
       </c>
       <c r="C372" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D372" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E372" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F372" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G372" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>773</v>
       </c>
       <c r="B373" t="s">
         <v>774</v>
       </c>
       <c r="C373" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D373" t="s">
         <v>17</v>
       </c>
       <c r="E373" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F373" t="s">
         <v>20</v>
       </c>
       <c r="G373" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>775</v>
       </c>
       <c r="B374" t="s">
         <v>776</v>
       </c>
       <c r="C374" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D374" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E374" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F374" t="s">
         <v>20</v>
       </c>
       <c r="G374" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>777</v>
       </c>
       <c r="B375" t="s">
         <v>778</v>
       </c>
       <c r="C375" t="s">
-        <v>748</v>
+        <v>689</v>
       </c>
       <c r="D375" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E375" t="s">
         <v>15</v>
       </c>
       <c r="F375" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G375" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>779</v>
       </c>
       <c r="B376" t="s">
         <v>780</v>
       </c>
       <c r="C376" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D376" t="s">
         <v>17</v>
       </c>
       <c r="E376" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>781</v>
       </c>
       <c r="B377" t="s">
         <v>782</v>
       </c>
       <c r="C377" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D377" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E377" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>783</v>
       </c>
       <c r="B378" t="s">
         <v>784</v>
       </c>
       <c r="C378" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D378" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E378" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>785</v>
       </c>
       <c r="B379" t="s">
         <v>786</v>
       </c>
       <c r="C379" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D379" t="s">
         <v>17</v>
       </c>
       <c r="E379" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="F379" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G379" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>787</v>
       </c>
       <c r="B380" t="s">
         <v>788</v>
       </c>
       <c r="C380" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D380" t="s">
         <v>17</v>
       </c>
       <c r="E380" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F380" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G380" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>789</v>
       </c>
       <c r="B381" t="s">
         <v>790</v>
       </c>
       <c r="C381" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D381" t="s">
         <v>17</v>
       </c>
       <c r="E381" t="s">
         <v>25</v>
       </c>
       <c r="F381" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G381" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>791</v>
       </c>
       <c r="B382" t="s">
         <v>792</v>
       </c>
       <c r="C382" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D382" t="s">
         <v>17</v>
       </c>
       <c r="E382" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F382" t="s">
         <v>20</v>
       </c>
       <c r="G382" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>793</v>
       </c>
       <c r="B383" t="s">
         <v>794</v>
       </c>
       <c r="C383" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>148</v>
       </c>
       <c r="F383" t="s">
         <v>20</v>
       </c>
       <c r="G383" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>795</v>
       </c>
       <c r="B384" t="s">
         <v>796</v>
       </c>
       <c r="C384" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>148</v>
       </c>
       <c r="F384" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G384" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
         <v>797</v>
       </c>
       <c r="B385" t="s">
         <v>798</v>
       </c>
       <c r="C385" t="s">
-        <v>691</v>
+        <v>92</v>
       </c>
       <c r="D385" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E385" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>799</v>
       </c>
       <c r="B386" t="s">
         <v>800</v>
       </c>
       <c r="C386" t="s">
-        <v>92</v>
+        <v>689</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E386" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F386" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G386" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
         <v>801</v>
       </c>
       <c r="B387" t="s">
         <v>802</v>
       </c>
       <c r="C387" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>15</v>
       </c>
       <c r="F387" t="s">
         <v>20</v>
       </c>
       <c r="G387" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>803</v>
       </c>
       <c r="B388" t="s">
         <v>804</v>
       </c>
       <c r="C388" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>15</v>
       </c>
       <c r="F388" t="s">
         <v>20</v>
       </c>
       <c r="G388" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>805</v>
       </c>
       <c r="B389" t="s">
         <v>806</v>
       </c>
       <c r="C389" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F389" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G389" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>807</v>
       </c>
       <c r="B390" t="s">
         <v>808</v>
       </c>
       <c r="C390" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F390" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G390" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>809</v>
       </c>
       <c r="B391" t="s">
         <v>810</v>
       </c>
       <c r="C391" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F391" t="s">
         <v>20</v>
       </c>
       <c r="G391" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>811</v>
       </c>
       <c r="B392" t="s">
         <v>812</v>
       </c>
       <c r="C392" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F392" t="s">
         <v>20</v>
       </c>
       <c r="G392" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>813</v>
       </c>
       <c r="B393" t="s">
         <v>814</v>
       </c>
       <c r="C393" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D393" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E393" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F393" t="s">
         <v>20</v>
       </c>
       <c r="G393" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
         <v>815</v>
       </c>
       <c r="B394" t="s">
         <v>816</v>
       </c>
       <c r="C394" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D394" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E394" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F394" t="s">
         <v>20</v>
       </c>
       <c r="G394" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
         <v>817</v>
       </c>
       <c r="B395" t="s">
         <v>818</v>
       </c>
       <c r="C395" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D395" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E395" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F395" t="s">
         <v>20</v>
       </c>
       <c r="G395" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
         <v>819</v>
       </c>
       <c r="B396" t="s">
         <v>820</v>
       </c>
       <c r="C396" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D396" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>148</v>
       </c>
       <c r="F396" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G396" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>821</v>
       </c>
       <c r="B397" t="s">
         <v>822</v>
       </c>
       <c r="C397" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>148</v>
       </c>
       <c r="F397" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G397" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>823</v>
       </c>
       <c r="B398" t="s">
         <v>824</v>
       </c>
       <c r="C398" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D398" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E398" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F398" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G398" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>825</v>
       </c>
       <c r="B399" t="s">
         <v>826</v>
       </c>
       <c r="C399" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D399" t="s">
         <v>17</v>
       </c>
       <c r="E399" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
         <v>827</v>
       </c>
       <c r="B400" t="s">
         <v>828</v>
       </c>
       <c r="C400" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D400" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E400" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F400" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G400" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
         <v>829</v>
       </c>
       <c r="B401" t="s">
         <v>830</v>
       </c>
       <c r="C401" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F401" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G401" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
         <v>831</v>
       </c>
       <c r="B402" t="s">
         <v>832</v>
       </c>
       <c r="C402" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
         <v>833</v>
       </c>
       <c r="B403" t="s">
         <v>834</v>
       </c>
       <c r="C403" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
         <v>835</v>
       </c>
       <c r="B404" t="s">
         <v>836</v>
       </c>
       <c r="C404" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>148</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
         <v>837</v>
       </c>
       <c r="B405" t="s">
         <v>838</v>
       </c>
       <c r="C405" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>148</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>839</v>
       </c>
       <c r="B406" t="s">
         <v>840</v>
       </c>
       <c r="C406" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F406" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G406" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>841</v>
       </c>
       <c r="B407" t="s">
         <v>842</v>
       </c>
       <c r="C407" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F407" t="s">
         <v>20</v>
       </c>
       <c r="G407" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
         <v>843</v>
       </c>
       <c r="B408" t="s">
         <v>844</v>
       </c>
       <c r="C408" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>148</v>
       </c>
       <c r="F408" t="s">
         <v>20</v>
       </c>
       <c r="G408" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
         <v>845</v>
       </c>
       <c r="B409" t="s">
         <v>846</v>
       </c>
       <c r="C409" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>148</v>
       </c>
       <c r="F409" t="s">
         <v>20</v>
       </c>
       <c r="G409" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>847</v>
       </c>
       <c r="B410" t="s">
         <v>848</v>
       </c>
       <c r="C410" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>148</v>
       </c>
       <c r="F410" t="s">
         <v>20</v>
       </c>
       <c r="G410" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
         <v>849</v>
       </c>
       <c r="B411" t="s">
         <v>850</v>
       </c>
       <c r="C411" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>148</v>
       </c>
       <c r="F411" t="s">
         <v>20</v>
       </c>
       <c r="G411" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
         <v>851</v>
       </c>
       <c r="B412" t="s">
         <v>852</v>
       </c>
       <c r="C412" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F412" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G412" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
         <v>853</v>
       </c>
       <c r="B413" t="s">
         <v>854</v>
       </c>
       <c r="C413" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D413" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E413" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F413" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G413" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
         <v>855</v>
       </c>
       <c r="B414" t="s">
         <v>856</v>
       </c>
       <c r="C414" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D414" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>148</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
         <v>857</v>
       </c>
       <c r="B415" t="s">
         <v>858</v>
       </c>
       <c r="C415" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F415" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G415" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>859</v>
       </c>
       <c r="B416" t="s">
         <v>860</v>
       </c>
       <c r="C416" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F416" t="s">
         <v>20</v>
       </c>
       <c r="G416" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>861</v>
       </c>
       <c r="B417" t="s">
         <v>862</v>
       </c>
       <c r="C417" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F417" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G417" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>863</v>
       </c>
       <c r="B418" t="s">
         <v>864</v>
       </c>
       <c r="C418" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F418" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G418" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>865</v>
       </c>
       <c r="B419" t="s">
         <v>866</v>
       </c>
       <c r="C419" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F419" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G419" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>867</v>
       </c>
       <c r="B420" t="s">
         <v>868</v>
       </c>
       <c r="C420" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>15</v>
       </c>
       <c r="F420" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G420" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>869</v>
       </c>
       <c r="B421" t="s">
         <v>870</v>
       </c>
       <c r="C421" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D421" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E421" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F421" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G421" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
         <v>871</v>
       </c>
       <c r="B422" t="s">
         <v>872</v>
       </c>
       <c r="C422" t="s">
-        <v>691</v>
+        <v>92</v>
       </c>
       <c r="D422" t="s">
         <v>17</v>
       </c>
       <c r="E422" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F422" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G422" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
         <v>873</v>
       </c>
       <c r="B423" t="s">
         <v>874</v>
       </c>
       <c r="C423" t="s">
-        <v>92</v>
+        <v>689</v>
       </c>
       <c r="D423" t="s">
         <v>17</v>
       </c>
       <c r="E423" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F423" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G423" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
         <v>875</v>
       </c>
       <c r="B424" t="s">
         <v>876</v>
       </c>
       <c r="C424" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D424" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E424" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
         <v>877</v>
       </c>
       <c r="B425" t="s">
         <v>878</v>
       </c>
       <c r="C425" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
         <v>879</v>
       </c>
       <c r="B426" t="s">
         <v>880</v>
       </c>
       <c r="C426" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F426" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G426" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
         <v>881</v>
       </c>
       <c r="B427" t="s">
         <v>882</v>
       </c>
       <c r="C427" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F427" t="s">
         <v>20</v>
       </c>
       <c r="G427" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
         <v>883</v>
       </c>
       <c r="B428" t="s">
         <v>884</v>
       </c>
       <c r="C428" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>148</v>
       </c>
       <c r="F428" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G428" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
         <v>885</v>
       </c>
       <c r="B429" t="s">
         <v>886</v>
       </c>
       <c r="C429" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F429" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G429" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
         <v>887</v>
       </c>
       <c r="B430" t="s">
         <v>888</v>
       </c>
       <c r="C430" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>15</v>
       </c>
       <c r="F430" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G430" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
         <v>889</v>
       </c>
       <c r="B431" t="s">
         <v>890</v>
       </c>
       <c r="C431" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>15</v>
       </c>
       <c r="F431" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G431" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
         <v>891</v>
       </c>
       <c r="B432" t="s">
         <v>892</v>
       </c>
       <c r="C432" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>15</v>
       </c>
       <c r="F432" t="s">
         <v>16</v>
       </c>
       <c r="G432" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
         <v>893</v>
       </c>
       <c r="B433" t="s">
         <v>894</v>
       </c>
       <c r="C433" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>15</v>
       </c>
       <c r="F433" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G433" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
         <v>895</v>
       </c>
       <c r="B434" t="s">
         <v>896</v>
       </c>
       <c r="C434" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>15</v>
       </c>
       <c r="F434" t="s">
         <v>20</v>
       </c>
       <c r="G434" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
         <v>897</v>
       </c>
       <c r="B435" t="s">
         <v>898</v>
       </c>
       <c r="C435" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>15</v>
       </c>
       <c r="F435" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G435" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
         <v>899</v>
       </c>
       <c r="B436" t="s">
         <v>900</v>
       </c>
       <c r="C436" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F436" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G436" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
         <v>901</v>
       </c>
       <c r="B437" t="s">
         <v>902</v>
       </c>
       <c r="C437" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
         <v>903</v>
       </c>
       <c r="B438" t="s">
         <v>904</v>
       </c>
       <c r="C438" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>15</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
         <v>905</v>
       </c>
       <c r="B439" t="s">
         <v>906</v>
       </c>
       <c r="C439" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>15</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
         <v>907</v>
       </c>
       <c r="B440" t="s">
         <v>908</v>
       </c>
       <c r="C440" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
         <v>909</v>
       </c>
       <c r="B441" t="s">
         <v>910</v>
       </c>
       <c r="C441" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
         <v>911</v>
       </c>
       <c r="B442" t="s">
         <v>912</v>
       </c>
       <c r="C442" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F442" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G442" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
         <v>913</v>
       </c>
       <c r="B443" t="s">
         <v>914</v>
       </c>
       <c r="C443" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>15</v>
       </c>
       <c r="F443" t="s">
         <v>20</v>
       </c>
       <c r="G443" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
         <v>915</v>
       </c>
       <c r="B444" t="s">
         <v>916</v>
       </c>
       <c r="C444" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>15</v>
       </c>
       <c r="F444" t="s">
         <v>20</v>
       </c>
       <c r="G444" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
         <v>917</v>
       </c>
       <c r="B445" t="s">
         <v>918</v>
       </c>
       <c r="C445" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D445" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E445" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F445" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G445" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
         <v>919</v>
       </c>
       <c r="B446" t="s">
         <v>920</v>
       </c>
       <c r="C446" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D446" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E446" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
         <v>921</v>
       </c>
       <c r="B447" t="s">
         <v>922</v>
       </c>
       <c r="C447" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>15</v>
       </c>
       <c r="F447" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G447" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
         <v>923</v>
       </c>
       <c r="B448" t="s">
         <v>924</v>
       </c>
       <c r="C448" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>15</v>
       </c>
       <c r="F448" t="s">
         <v>20</v>
       </c>
       <c r="G448" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
         <v>925</v>
       </c>
       <c r="B449" t="s">
         <v>926</v>
       </c>
       <c r="C449" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>15</v>
       </c>
       <c r="F449" t="s">
         <v>20</v>
       </c>
       <c r="G449" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
         <v>927</v>
       </c>
       <c r="B450" t="s">
         <v>928</v>
       </c>
       <c r="C450" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>15</v>
       </c>
       <c r="F450" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G450" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
         <v>929</v>
       </c>
       <c r="B451" t="s">
         <v>930</v>
       </c>
       <c r="C451" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>15</v>
       </c>
       <c r="F451" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G451" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
         <v>931</v>
       </c>
       <c r="B452" t="s">
         <v>932</v>
       </c>
       <c r="C452" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>15</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
         <v>933</v>
       </c>
       <c r="B453" t="s">
         <v>934</v>
       </c>
       <c r="C453" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>15</v>
       </c>
       <c r="F453" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G453" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
         <v>935</v>
       </c>
       <c r="B454" t="s">
         <v>936</v>
       </c>
       <c r="C454" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>15</v>
       </c>
       <c r="F454" t="s">
         <v>16</v>
       </c>
       <c r="G454" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
         <v>937</v>
       </c>
       <c r="B455" t="s">
         <v>938</v>
       </c>
       <c r="C455" t="s">
-        <v>691</v>
+        <v>92</v>
       </c>
       <c r="D455" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E455" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F455" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G455" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>939</v>
       </c>
       <c r="B456" t="s">
         <v>940</v>
       </c>
       <c r="C456" t="s">
-        <v>92</v>
+        <v>689</v>
       </c>
       <c r="D456" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E456" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F456" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G456" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>941</v>
       </c>
       <c r="B457" t="s">
         <v>942</v>
       </c>
       <c r="C457" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>15</v>
       </c>
       <c r="F457" t="s">
         <v>16</v>
       </c>
       <c r="G457" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>943</v>
       </c>
       <c r="B458" t="s">
         <v>944</v>
       </c>
       <c r="C458" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>15</v>
       </c>
       <c r="F458" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G458" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
         <v>945</v>
       </c>
       <c r="B459" t="s">
         <v>946</v>
       </c>
       <c r="C459" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>15</v>
       </c>
       <c r="F459" t="s">
         <v>20</v>
       </c>
       <c r="G459" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
         <v>947</v>
       </c>
       <c r="B460" t="s">
         <v>948</v>
       </c>
       <c r="C460" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D460" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E460" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F460" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G460" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
         <v>949</v>
       </c>
       <c r="B461" t="s">
         <v>950</v>
       </c>
       <c r="C461" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D461" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E461" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F461" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G461" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
         <v>951</v>
       </c>
       <c r="B462" t="s">
         <v>952</v>
       </c>
       <c r="C462" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F462" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G462" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
         <v>953</v>
       </c>
       <c r="B463" t="s">
         <v>954</v>
       </c>
       <c r="C463" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D463" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E463" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="F463" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G463" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
         <v>955</v>
       </c>
       <c r="B464" t="s">
         <v>956</v>
       </c>
       <c r="C464" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D464" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E464" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F464" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G464" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
         <v>957</v>
       </c>
       <c r="B465" t="s">
         <v>958</v>
       </c>
       <c r="C465" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>959</v>
       </c>
       <c r="B466" t="s">
         <v>960</v>
       </c>
       <c r="C466" t="s">
         <v>132</v>
       </c>
       <c r="D466" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E466" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
         <v>961</v>
       </c>
       <c r="B467" t="s">
         <v>962</v>
       </c>
       <c r="C467" t="s">
         <v>132</v>
       </c>
       <c r="D467" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E467" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
         <v>963</v>
       </c>
       <c r="B468" t="s">
         <v>964</v>
       </c>
       <c r="C468" t="s">
         <v>132</v>
       </c>
       <c r="D468" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E468" t="s">
         <v>69</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
         <v>965</v>
       </c>
       <c r="B469" t="s">
         <v>966</v>
       </c>
       <c r="C469" t="s">
         <v>132</v>
       </c>
       <c r="D469" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E469" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F469" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G469" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
         <v>967</v>
       </c>
       <c r="B470" t="s">
         <v>968</v>
       </c>
       <c r="C470" t="s">
-        <v>132</v>
+        <v>689</v>
       </c>
       <c r="D470" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E470" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F470" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G470" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
         <v>969</v>
       </c>
       <c r="B471" t="s">
         <v>970</v>
       </c>
       <c r="C471" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="D471" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E471" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
         <v>971</v>
       </c>
       <c r="B472" t="s">
         <v>972</v>
       </c>
       <c r="C472" t="s">
         <v>132</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>15</v>
       </c>
       <c r="F472" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G472" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
         <v>973</v>
       </c>
       <c r="B473" t="s">
         <v>974</v>
       </c>
       <c r="C473" t="s">
         <v>132</v>
       </c>
       <c r="D473" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E473" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F473" t="s">
         <v>20</v>
       </c>
       <c r="G473" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>975</v>
       </c>
       <c r="B474" t="s">
         <v>976</v>
       </c>
       <c r="C474" t="s">
         <v>132</v>
       </c>
       <c r="D474" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E474" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F474" t="s">
         <v>20</v>
       </c>
       <c r="G474" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
         <v>977</v>
       </c>
       <c r="B475" t="s">
         <v>978</v>
       </c>
       <c r="C475" t="s">
         <v>132</v>
       </c>
       <c r="D475" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E475" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F475" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G475" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
         <v>979</v>
       </c>
       <c r="B476" t="s">
         <v>980</v>
       </c>
       <c r="C476" t="s">
         <v>132</v>
       </c>
       <c r="D476" t="s">
         <v>17</v>
       </c>
       <c r="E476" t="s">
         <v>69</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
         <v>981</v>
       </c>
       <c r="B477" t="s">
         <v>982</v>
       </c>
       <c r="C477" t="s">
-        <v>132</v>
+        <v>500</v>
       </c>
       <c r="D477" t="s">
         <v>17</v>
       </c>
       <c r="E477" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
         <v>983</v>
       </c>
       <c r="B478" t="s">
         <v>984</v>
       </c>
       <c r="C478" t="s">
-        <v>502</v>
+        <v>132</v>
       </c>
       <c r="D478" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>25</v>
       </c>
       <c r="F478" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G478" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
         <v>985</v>
       </c>
       <c r="B479" t="s">
         <v>986</v>
       </c>
       <c r="C479" t="s">
         <v>132</v>
       </c>
       <c r="D479" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E479" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F479" t="s">
         <v>20</v>
       </c>
       <c r="G479" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>987</v>
       </c>
       <c r="B480" t="s">
         <v>988</v>
       </c>
       <c r="C480" t="s">
         <v>132</v>
       </c>
       <c r="D480" t="s">
         <v>17</v>
       </c>
       <c r="E480" t="s">
         <v>69</v>
       </c>
       <c r="F480" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G480" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>989</v>
       </c>
       <c r="B481" t="s">
         <v>990</v>
       </c>
       <c r="C481" t="s">
         <v>132</v>
       </c>
       <c r="D481" t="s">
         <v>17</v>
       </c>
       <c r="E481" t="s">
         <v>69</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>991</v>
       </c>
       <c r="B482" t="s">
         <v>992</v>
       </c>
       <c r="C482" t="s">
         <v>132</v>
       </c>
       <c r="D482" t="s">
         <v>17</v>
       </c>
       <c r="E482" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F482" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G482" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>993</v>
       </c>
       <c r="B483" t="s">
         <v>994</v>
       </c>
       <c r="C483" t="s">
         <v>132</v>
       </c>
       <c r="D483" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E483" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="F483" t="s">
         <v>20</v>
       </c>
       <c r="G483" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>995</v>
       </c>
       <c r="B484" t="s">
         <v>996</v>
       </c>
       <c r="C484" t="s">
         <v>132</v>
       </c>
       <c r="D484" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E484" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F484" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G484" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>997</v>
       </c>
       <c r="B485" t="s">
         <v>998</v>
       </c>
       <c r="C485" t="s">
         <v>132</v>
       </c>
       <c r="D485" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>25</v>
       </c>
       <c r="F485" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G485" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>999</v>
       </c>
       <c r="B486" t="s">
         <v>1000</v>
       </c>
       <c r="C486" t="s">
         <v>132</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F486" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G486" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
         <v>1001</v>
       </c>
       <c r="B487" t="s">
         <v>1002</v>
       </c>
       <c r="C487" t="s">
         <v>132</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>15</v>
       </c>
       <c r="F487" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G487" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
         <v>1003</v>
       </c>
       <c r="B488" t="s">
         <v>1004</v>
       </c>
       <c r="C488" t="s">
         <v>132</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>15</v>
       </c>
       <c r="F488" t="s">
         <v>20</v>
       </c>
       <c r="G488" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
         <v>1005</v>
       </c>
       <c r="B489" t="s">
         <v>1006</v>
       </c>
       <c r="C489" t="s">
         <v>132</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>15</v>
       </c>
       <c r="F489" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G489" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
         <v>1007</v>
       </c>
       <c r="B490" t="s">
         <v>1008</v>
       </c>
       <c r="C490" t="s">
         <v>132</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>15</v>
       </c>
       <c r="F490" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G490" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>1009</v>
       </c>
       <c r="B491" t="s">
         <v>1010</v>
       </c>
       <c r="C491" t="s">
         <v>132</v>
       </c>
       <c r="D491" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E491" t="s">
         <v>15</v>
       </c>
       <c r="F491" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G491" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
         <v>1011</v>
       </c>
       <c r="B492" t="s">
         <v>1012</v>
       </c>
       <c r="C492" t="s">
         <v>132</v>
       </c>
       <c r="D492" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>15</v>
       </c>
       <c r="F492" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G492" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>1013</v>
       </c>
       <c r="B493" t="s">
         <v>1014</v>
       </c>
       <c r="C493" t="s">
         <v>132</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>15</v>
       </c>
       <c r="F493" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G493" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>1015</v>
       </c>
       <c r="B494" t="s">
         <v>1016</v>
       </c>
       <c r="C494" t="s">
         <v>132</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>15</v>
       </c>
       <c r="F494" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G494" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
         <v>1017</v>
       </c>
       <c r="B495" t="s">
         <v>1018</v>
       </c>
       <c r="C495" t="s">
         <v>132</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>15</v>
       </c>
       <c r="F495" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G495" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>1019</v>
       </c>
       <c r="B496" t="s">
         <v>1020</v>
       </c>
       <c r="C496" t="s">
         <v>132</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F496" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G496" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>1021</v>
       </c>
       <c r="B497" t="s">
         <v>1022</v>
       </c>
       <c r="C497" t="s">
         <v>132</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F497" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G497" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
         <v>1023</v>
       </c>
       <c r="B498" t="s">
         <v>1024</v>
       </c>
       <c r="C498" t="s">
         <v>132</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>15</v>
       </c>
       <c r="F498" t="s">
         <v>16</v>
       </c>
       <c r="G498" t="s">
         <v>17</v>
       </c>
     </row>
@@ -15466,51 +15466,51 @@
       </c>
       <c r="F500" t="s">
         <v>16</v>
       </c>
       <c r="G500" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>1029</v>
       </c>
       <c r="B501" t="s">
         <v>1030</v>
       </c>
       <c r="C501" t="s">
         <v>132</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>15</v>
       </c>
       <c r="F501" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G501" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>1031</v>
       </c>
       <c r="B502" t="s">
         <v>1032</v>
       </c>
       <c r="C502" t="s">
         <v>132</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>15</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502" t="s">
@@ -15535,1756 +15535,1756 @@
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
         <v>1035</v>
       </c>
       <c r="B504" t="s">
         <v>1036</v>
       </c>
       <c r="C504" t="s">
         <v>132</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>15</v>
       </c>
       <c r="F504" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G504" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>1037</v>
       </c>
       <c r="B505" t="s">
         <v>1038</v>
       </c>
       <c r="C505" t="s">
         <v>132</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>15</v>
       </c>
       <c r="F505" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G505" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>1039</v>
       </c>
       <c r="B506" t="s">
         <v>1040</v>
       </c>
       <c r="C506" t="s">
         <v>132</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F506" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G506" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
         <v>1041</v>
       </c>
       <c r="B507" t="s">
         <v>1042</v>
       </c>
       <c r="C507" t="s">
         <v>132</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F507" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G507" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
         <v>1043</v>
       </c>
       <c r="B508" t="s">
         <v>1044</v>
       </c>
       <c r="C508" t="s">
         <v>132</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F508" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G508" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
         <v>1045</v>
       </c>
       <c r="B509" t="s">
         <v>1046</v>
       </c>
       <c r="C509" t="s">
         <v>132</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F509" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G509" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
         <v>1047</v>
       </c>
       <c r="B510" t="s">
         <v>1048</v>
       </c>
       <c r="C510" t="s">
         <v>132</v>
       </c>
       <c r="D510" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E510" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F510" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G510" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
         <v>1049</v>
       </c>
       <c r="B511" t="s">
         <v>1050</v>
       </c>
       <c r="C511" t="s">
         <v>132</v>
       </c>
       <c r="D511" t="s">
         <v>17</v>
       </c>
       <c r="E511" t="s">
         <v>25</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
         <v>1051</v>
       </c>
       <c r="B512" t="s">
         <v>1052</v>
       </c>
       <c r="C512" t="s">
-        <v>132</v>
+        <v>1053</v>
       </c>
       <c r="D512" t="s">
         <v>17</v>
       </c>
       <c r="E512" t="s">
         <v>25</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C513" t="s">
         <v>1053</v>
       </c>
-      <c r="B513" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D513" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E513" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
         <v>1056</v>
       </c>
       <c r="B514" t="s">
         <v>1057</v>
       </c>
       <c r="C514" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D514" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E514" t="s">
         <v>15</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
         <v>1058</v>
       </c>
       <c r="B515" t="s">
         <v>1059</v>
       </c>
       <c r="C515" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D515" t="s">
         <v>17</v>
       </c>
       <c r="E515" t="s">
         <v>15</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
         <v>1060</v>
       </c>
       <c r="B516" t="s">
         <v>1061</v>
       </c>
       <c r="C516" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D516" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>15</v>
       </c>
       <c r="F516" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G516" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>1062</v>
       </c>
       <c r="B517" t="s">
         <v>1063</v>
       </c>
       <c r="C517" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D517" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E517" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F517" t="s">
         <v>20</v>
       </c>
       <c r="G517" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
         <v>1064</v>
       </c>
       <c r="B518" t="s">
         <v>1065</v>
       </c>
       <c r="C518" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D518" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E518" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F518" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G518" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
         <v>1066</v>
       </c>
       <c r="B519" t="s">
         <v>1067</v>
       </c>
       <c r="C519" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D519" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E519" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>1068</v>
       </c>
       <c r="B520" t="s">
         <v>1069</v>
       </c>
       <c r="C520" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="D520" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E520" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F520" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G520" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
         <v>1070</v>
       </c>
       <c r="B521" t="s">
         <v>1071</v>
       </c>
       <c r="C521" t="s">
-        <v>1055</v>
+        <v>132</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F521" t="s">
         <v>20</v>
       </c>
       <c r="G521" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>1072</v>
       </c>
       <c r="B522" t="s">
         <v>1073</v>
       </c>
       <c r="C522" t="s">
-        <v>132</v>
+        <v>689</v>
       </c>
       <c r="D522" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E522" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F522" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G522" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
         <v>1074</v>
       </c>
       <c r="B523" t="s">
         <v>1075</v>
       </c>
       <c r="C523" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="D523" t="s">
         <v>17</v>
       </c>
       <c r="E523" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
         <v>1076</v>
       </c>
       <c r="B524" t="s">
         <v>1077</v>
       </c>
       <c r="C524" t="s">
         <v>132</v>
       </c>
       <c r="D524" t="s">
         <v>17</v>
       </c>
       <c r="E524" t="s">
         <v>69</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>1078</v>
       </c>
       <c r="B525" t="s">
         <v>1079</v>
       </c>
       <c r="C525" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D525" t="s">
         <v>17</v>
       </c>
       <c r="E525" t="s">
         <v>69</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>1080</v>
       </c>
       <c r="B526" t="s">
         <v>1081</v>
       </c>
       <c r="C526" t="s">
-        <v>141</v>
+        <v>689</v>
       </c>
       <c r="D526" t="s">
         <v>17</v>
       </c>
       <c r="E526" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
         <v>1082</v>
       </c>
       <c r="B527" t="s">
         <v>1083</v>
       </c>
       <c r="C527" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
       <c r="D527" t="s">
         <v>17</v>
       </c>
       <c r="E527" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
         <v>1084</v>
       </c>
       <c r="B528" t="s">
         <v>1085</v>
       </c>
       <c r="C528" t="s">
         <v>141</v>
       </c>
       <c r="D528" t="s">
         <v>17</v>
       </c>
       <c r="E528" t="s">
         <v>69</v>
       </c>
       <c r="F528" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G528" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
         <v>1086</v>
       </c>
       <c r="B529" t="s">
         <v>1087</v>
       </c>
       <c r="C529" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="D529" t="s">
         <v>17</v>
       </c>
       <c r="E529" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F529" t="s">
         <v>20</v>
       </c>
       <c r="G529" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
         <v>1088</v>
       </c>
       <c r="B530" t="s">
         <v>1089</v>
       </c>
       <c r="C530" t="s">
         <v>9</v>
       </c>
       <c r="D530" t="s">
         <v>17</v>
       </c>
       <c r="E530" t="s">
         <v>227</v>
       </c>
       <c r="F530" t="s">
         <v>20</v>
       </c>
       <c r="G530" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
         <v>1090</v>
       </c>
       <c r="B531" t="s">
         <v>1091</v>
       </c>
       <c r="C531" t="s">
         <v>9</v>
       </c>
       <c r="D531" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E531" t="s">
-        <v>227</v>
+        <v>101</v>
       </c>
       <c r="F531" t="s">
         <v>20</v>
       </c>
       <c r="G531" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
         <v>1092</v>
       </c>
       <c r="B532" t="s">
         <v>1093</v>
       </c>
       <c r="C532" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="D532" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E532" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="F532" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G532" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>1094</v>
       </c>
       <c r="B533" t="s">
         <v>1095</v>
       </c>
       <c r="C533" t="s">
         <v>132</v>
       </c>
       <c r="D533" t="s">
         <v>17</v>
       </c>
       <c r="E533" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F533" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G533" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
         <v>1096</v>
       </c>
       <c r="B534" t="s">
         <v>1097</v>
       </c>
       <c r="C534" t="s">
         <v>132</v>
       </c>
       <c r="D534" t="s">
         <v>17</v>
       </c>
       <c r="E534" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F534" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G534" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>1098</v>
       </c>
       <c r="B535" t="s">
         <v>1099</v>
       </c>
       <c r="C535" t="s">
-        <v>132</v>
+        <v>689</v>
       </c>
       <c r="D535" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E535" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F535" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G535" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
         <v>1100</v>
       </c>
       <c r="B536" t="s">
         <v>1101</v>
       </c>
       <c r="C536" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D536" t="s">
         <v>10</v>
       </c>
       <c r="E536" t="s">
         <v>15</v>
       </c>
       <c r="F536" t="s">
         <v>20</v>
       </c>
       <c r="G536" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
         <v>1102</v>
       </c>
       <c r="B537" t="s">
         <v>1103</v>
       </c>
       <c r="C537" t="s">
-        <v>691</v>
+        <v>56</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
         <v>15</v>
       </c>
       <c r="F537" t="s">
         <v>20</v>
       </c>
       <c r="G537" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
         <v>1104</v>
       </c>
       <c r="B538" t="s">
         <v>1105</v>
       </c>
       <c r="C538" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="D538" t="s">
         <v>10</v>
       </c>
       <c r="E538" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F538" t="s">
         <v>20</v>
       </c>
       <c r="G538" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
         <v>1106</v>
       </c>
       <c r="B539" t="s">
         <v>1107</v>
       </c>
       <c r="C539" t="s">
         <v>9</v>
       </c>
       <c r="D539" t="s">
         <v>10</v>
       </c>
       <c r="E539" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F539" t="s">
         <v>20</v>
       </c>
       <c r="G539" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
         <v>1108</v>
       </c>
       <c r="B540" t="s">
         <v>1109</v>
       </c>
       <c r="C540" t="s">
         <v>9</v>
       </c>
       <c r="D540" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E540" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F540" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G540" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
         <v>1110</v>
       </c>
       <c r="B541" t="s">
         <v>1111</v>
       </c>
       <c r="C541" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="D541" t="s">
         <v>17</v>
       </c>
       <c r="E541" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
         <v>1112</v>
       </c>
       <c r="B542" t="s">
         <v>1113</v>
       </c>
       <c r="C542" t="s">
         <v>92</v>
       </c>
       <c r="D542" t="s">
         <v>17</v>
       </c>
       <c r="E542" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
         <v>1114</v>
       </c>
       <c r="B543" t="s">
         <v>1115</v>
       </c>
       <c r="C543" t="s">
         <v>92</v>
       </c>
       <c r="D543" t="s">
         <v>17</v>
       </c>
       <c r="E543" t="s">
         <v>69</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>1116</v>
       </c>
       <c r="B544" t="s">
         <v>1117</v>
       </c>
       <c r="C544" t="s">
         <v>92</v>
       </c>
       <c r="D544" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E544" t="s">
         <v>69</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>1118</v>
       </c>
       <c r="B545" t="s">
         <v>1119</v>
       </c>
       <c r="C545" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D545" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E545" t="s">
         <v>69</v>
       </c>
       <c r="F545" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G545" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
         <v>1120</v>
       </c>
       <c r="B546" t="s">
         <v>1121</v>
       </c>
       <c r="C546" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="D546" t="s">
         <v>17</v>
       </c>
       <c r="E546" t="s">
         <v>69</v>
       </c>
       <c r="F546" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G546" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
         <v>1122</v>
       </c>
       <c r="B547" t="s">
         <v>1123</v>
       </c>
       <c r="C547" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D547" t="s">
         <v>17</v>
       </c>
       <c r="E547" t="s">
         <v>69</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
         <v>1124</v>
       </c>
       <c r="B548" t="s">
         <v>1125</v>
       </c>
       <c r="C548" t="s">
-        <v>9</v>
+        <v>689</v>
       </c>
       <c r="D548" t="s">
         <v>17</v>
       </c>
       <c r="E548" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
         <v>1126</v>
       </c>
       <c r="B549" t="s">
         <v>1127</v>
       </c>
       <c r="C549" t="s">
-        <v>691</v>
+        <v>92</v>
       </c>
       <c r="D549" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E549" t="s">
         <v>25</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
         <v>1128</v>
       </c>
       <c r="B550" t="s">
         <v>1129</v>
       </c>
       <c r="C550" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D550" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E550" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
         <v>1130</v>
       </c>
       <c r="B551" t="s">
         <v>1131</v>
       </c>
       <c r="C551" t="s">
         <v>9</v>
       </c>
       <c r="D551" t="s">
         <v>17</v>
       </c>
       <c r="E551" t="s">
         <v>69</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
         <v>1132</v>
       </c>
       <c r="B552" t="s">
         <v>1133</v>
       </c>
       <c r="C552" t="s">
         <v>9</v>
       </c>
       <c r="D552" t="s">
         <v>17</v>
       </c>
       <c r="E552" t="s">
         <v>69</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
         <v>1134</v>
       </c>
       <c r="B553" t="s">
         <v>1135</v>
       </c>
       <c r="C553" t="s">
-        <v>9</v>
+        <v>279</v>
       </c>
       <c r="D553" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E553" t="s">
         <v>69</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
         <v>1136</v>
       </c>
       <c r="B554" t="s">
         <v>1137</v>
       </c>
       <c r="C554" t="s">
         <v>279</v>
       </c>
       <c r="D554" t="s">
         <v>10</v>
       </c>
       <c r="E554" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
         <v>1138</v>
       </c>
       <c r="B555" t="s">
         <v>1139</v>
       </c>
       <c r="C555" t="s">
-        <v>279</v>
+        <v>9</v>
       </c>
       <c r="D555" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E555" t="s">
-        <v>227</v>
+        <v>69</v>
       </c>
       <c r="F555" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G555" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
         <v>1140</v>
       </c>
       <c r="B556" t="s">
         <v>1141</v>
       </c>
       <c r="C556" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="D556" t="s">
         <v>17</v>
       </c>
       <c r="E556" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F556" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G556" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
         <v>1142</v>
       </c>
       <c r="B557" t="s">
         <v>1143</v>
       </c>
       <c r="C557" t="s">
-        <v>141</v>
+        <v>443</v>
       </c>
       <c r="D557" t="s">
         <v>17</v>
       </c>
       <c r="E557" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F557" t="s">
         <v>12</v>
       </c>
       <c r="G557" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
         <v>1144</v>
       </c>
       <c r="B558" t="s">
         <v>1145</v>
       </c>
       <c r="C558" t="s">
-        <v>445</v>
+        <v>9</v>
       </c>
       <c r="D558" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E558" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F558" t="s">
         <v>12</v>
       </c>
       <c r="G558" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
         <v>1146</v>
       </c>
       <c r="B559" t="s">
         <v>1147</v>
       </c>
       <c r="C559" t="s">
-        <v>9</v>
+        <v>279</v>
       </c>
       <c r="D559" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E559" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
         <v>1148</v>
       </c>
       <c r="B560" t="s">
         <v>1149</v>
       </c>
       <c r="C560" t="s">
-        <v>279</v>
+        <v>92</v>
       </c>
       <c r="D560" t="s">
         <v>17</v>
       </c>
       <c r="E560" t="s">
-        <v>227</v>
+        <v>15</v>
       </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
         <v>1150</v>
       </c>
       <c r="B561" t="s">
         <v>1151</v>
       </c>
       <c r="C561" t="s">
-        <v>92</v>
+        <v>689</v>
       </c>
       <c r="D561" t="s">
         <v>17</v>
       </c>
       <c r="E561" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
         <v>1152</v>
       </c>
       <c r="B562" t="s">
         <v>1153</v>
       </c>
       <c r="C562" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
       <c r="D562" t="s">
         <v>17</v>
       </c>
       <c r="E562" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
       <c r="G562" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
         <v>1154</v>
       </c>
       <c r="B563" t="s">
         <v>1155</v>
       </c>
       <c r="C563" t="s">
         <v>141</v>
       </c>
       <c r="D563" t="s">
         <v>17</v>
       </c>
       <c r="E563" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
       <c r="G563" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
         <v>1156</v>
       </c>
       <c r="B564" t="s">
         <v>1157</v>
       </c>
       <c r="C564" t="s">
-        <v>141</v>
+        <v>746</v>
       </c>
       <c r="D564" t="s">
         <v>17</v>
       </c>
       <c r="E564" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F564" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G564" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
         <v>1158</v>
       </c>
       <c r="B565" t="s">
         <v>1159</v>
       </c>
       <c r="C565" t="s">
-        <v>748</v>
+        <v>141</v>
       </c>
       <c r="D565" t="s">
         <v>17</v>
       </c>
       <c r="E565" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F565" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G565" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
         <v>1160</v>
       </c>
       <c r="B566" t="s">
         <v>1161</v>
       </c>
       <c r="C566" t="s">
-        <v>141</v>
+        <v>689</v>
       </c>
       <c r="D566" t="s">
         <v>17</v>
       </c>
       <c r="E566" t="s">
-        <v>69</v>
+        <v>15</v>
       </c>
       <c r="F566" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G566" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
         <v>1162</v>
       </c>
       <c r="B567" t="s">
         <v>1163</v>
       </c>
       <c r="C567" t="s">
-        <v>691</v>
+        <v>279</v>
       </c>
       <c r="D567" t="s">
         <v>17</v>
       </c>
       <c r="E567" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F567" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G567" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>1164</v>
       </c>
       <c r="B568" t="s">
         <v>1165</v>
       </c>
       <c r="C568" t="s">
         <v>279</v>
       </c>
       <c r="D568" t="s">
         <v>17</v>
       </c>
       <c r="E568" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="F568" t="s">
         <v>12</v>
       </c>
       <c r="G568" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
         <v>1166</v>
       </c>
       <c r="B569" t="s">
         <v>1167</v>
       </c>
       <c r="C569" t="s">
-        <v>279</v>
+        <v>141</v>
       </c>
       <c r="D569" t="s">
         <v>17</v>
       </c>
       <c r="E569" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F569" t="s">
         <v>12</v>
       </c>
       <c r="G569" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
         <v>1168</v>
       </c>
       <c r="B570" t="s">
         <v>1169</v>
       </c>
       <c r="C570" t="s">
-        <v>141</v>
+        <v>279</v>
       </c>
       <c r="D570" t="s">
         <v>17</v>
       </c>
       <c r="E570" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F570" t="s">
         <v>12</v>
       </c>
       <c r="G570" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>1170</v>
       </c>
       <c r="B571" t="s">
         <v>1171</v>
       </c>
       <c r="C571" t="s">
         <v>279</v>
       </c>
       <c r="D571" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E571" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F571" t="s">
         <v>12</v>
       </c>
       <c r="G571" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
         <v>1172</v>
       </c>
       <c r="B572" t="s">
         <v>1173</v>
       </c>
       <c r="C572" t="s">
-        <v>279</v>
+        <v>443</v>
       </c>
       <c r="D572" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E572" t="s">
         <v>25</v>
       </c>
       <c r="F572" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G572" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
         <v>1174</v>
       </c>
       <c r="B573" t="s">
         <v>1175</v>
       </c>
       <c r="C573" t="s">
-        <v>445</v>
+        <v>689</v>
       </c>
       <c r="D573" t="s">
         <v>17</v>
       </c>
       <c r="E573" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F573" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G573" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
         <v>1176</v>
       </c>
       <c r="B574" t="s">
         <v>1177</v>
       </c>
       <c r="C574" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D574" t="s">
         <v>17</v>
       </c>
       <c r="E574" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F574" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G574" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
         <v>1178</v>
       </c>
       <c r="B575" t="s">
         <v>1179</v>
       </c>
       <c r="C575" t="s">
-        <v>691</v>
+        <v>279</v>
       </c>
       <c r="D575" t="s">
         <v>17</v>
       </c>
       <c r="E575" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F575" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G575" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
         <v>1180</v>
       </c>
       <c r="B576" t="s">
         <v>1181</v>
       </c>
       <c r="C576" t="s">
-        <v>279</v>
+        <v>92</v>
       </c>
       <c r="D576" t="s">
         <v>17</v>
       </c>
       <c r="E576" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="F576" t="s">
         <v>12</v>
       </c>
       <c r="G576" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
         <v>1182</v>
       </c>
       <c r="B577" t="s">
         <v>1183</v>
       </c>
       <c r="C577" t="s">
-        <v>92</v>
+        <v>443</v>
       </c>
       <c r="D577" t="s">
         <v>17</v>
       </c>
       <c r="E577" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F577" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G577" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
         <v>1184</v>
       </c>
       <c r="B578" t="s">
         <v>1185</v>
       </c>
       <c r="C578" t="s">
-        <v>445</v>
+        <v>279</v>
       </c>
       <c r="D578" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E578" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="F578" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G578" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
         <v>1186</v>
       </c>
       <c r="B579" t="s">
         <v>1187</v>
       </c>
       <c r="C579" t="s">
         <v>92</v>
       </c>
       <c r="D579" t="s">
         <v>17</v>
       </c>
       <c r="E579" t="s">
         <v>15</v>
       </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
       <c r="G579" t="s">
         <v>10</v>
       </c>
     </row>
@@ -17297,51 +17297,51 @@
       </c>
       <c r="C580" t="s">
         <v>141</v>
       </c>
       <c r="D580" t="s">
         <v>17</v>
       </c>
       <c r="E580" t="s">
         <v>101</v>
       </c>
       <c r="F580" t="s">
         <v>20</v>
       </c>
       <c r="G580" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
         <v>1190</v>
       </c>
       <c r="B581" t="s">
         <v>1191</v>
       </c>
       <c r="C581" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D581" t="s">
         <v>17</v>
       </c>
       <c r="E581" t="s">
         <v>15</v>
       </c>
       <c r="F581" t="s">
         <v>20</v>
       </c>
       <c r="G581" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
         <v>1192</v>
       </c>
       <c r="B582" t="s">
         <v>1193</v>
       </c>
       <c r="C582" t="s">
         <v>141</v>
       </c>
       <c r="D582" t="s">